--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -146,87 +146,69 @@
   <si>
     <t>Resource Division</t>
   </si>
   <si>
     <t>Construction Of Boundary Wall With Gate at in connection with Augmentation Of KALIGANJ(THARAIS) PWSS at ITAHAR Block under Raiganj Division,PHE dte.</t>
   </si>
   <si>
     <t>Assistant Engineer ISD,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
   </si>
   <si>
     <t>ORD/000405/2024-2025</t>
   </si>
   <si>
     <t>3575/RD/PHE</t>
   </si>
   <si>
     <t>05/12/2024</t>
   </si>
   <si>
     <t>04/01/2025</t>
   </si>
   <si>
     <t>SUBHASIS MAJUMDER</t>
   </si>
   <si>
-    <t>Construction of Approach Road, Laying of Pipe Line and other Allied Works of Kaliganj(Tharais) Pwss Within Itahar Block Under Raiganj Division P.H.E. Dte., Raiganj, Uttar Dinajpur.</t>
-[...16 lines deleted...]
-  <si>
     <t>Augmentation of Kaliganj (Tharais) and it's adjoining mouzas Pipe Water Supply Scheme at Itahar Block of Uttar Dinajpur District under Raiganj Division.(Sinking of Tube Well, Laying of Rising Main, Laying Distribution pipe line, Providing Functional house Hold Tap Connections, Pump House)</t>
   </si>
   <si>
-    <t>Assistant Engineer HQ,Assistant Engineer RSD</t>
+    <t>Assistant Engineer HQ,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
   </si>
   <si>
     <t>Junior Engineer RWS HQ,Junior Engineer, RSD</t>
   </si>
   <si>
     <t>ORD/000521/2022-2023</t>
   </si>
   <si>
     <t>881/RD/PHE</t>
   </si>
   <si>
     <t>27/03/2023</t>
   </si>
   <si>
-    <t>25/06/2023</t>
+    <t>16/03/2025</t>
   </si>
   <si>
     <t>BHOWMICK ENTERPRISE</t>
   </si>
   <si>
     <t>Malda Mechanical</t>
   </si>
   <si>
     <t>Supply, installation ,commissioning and trial operation of electro-mechanical components at T/W no. I of Tharais Water Supply Scheme in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte.(TSM/018631)</t>
   </si>
   <si>
     <t>Assistant Engineer - I</t>
   </si>
   <si>
     <t>Junior Engineer-02</t>
   </si>
   <si>
     <t>ORD/000598/2023-2024</t>
   </si>
   <si>
     <t>2646/MLMD</t>
   </si>
   <si>
     <t>10/08/2023</t>
   </si>
@@ -645,51 +627,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W9"/>
+  <dimension ref="A1:W8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -958,244 +940,187 @@
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H6" s="13" t="s">
         <v>44</v>
       </c>
-      <c r="I6" s="13"/>
-      <c r="J6" s="13"/>
+      <c r="I6" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="J6" s="13" t="s">
+        <v>46</v>
+      </c>
       <c r="K6" s="4" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="L6" s="4" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="M6" s="4" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="N6" s="4" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="O6" s="4" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="P6" s="4">
-        <v>21.47</v>
+        <v>61.85</v>
       </c>
       <c r="Q6" s="4">
         <v>0</v>
       </c>
       <c r="R6" s="4">
         <v>0</v>
       </c>
       <c r="S6" s="4">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H7" s="13" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="I7" s="13" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="J7" s="13" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="K7" s="4" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="L7" s="4" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="M7" s="4" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="N7" s="4" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="O7" s="4" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="P7" s="4">
-        <v>61.85</v>
+        <v>7.11</v>
       </c>
       <c r="Q7" s="4">
         <v>0</v>
       </c>
       <c r="R7" s="4">
         <v>0</v>
       </c>
       <c r="S7" s="4">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
-      <c r="A8" s="3">
-[...24 lines deleted...]
-      <c r="J8" s="13" t="s">
+      <c r="A8" s="7" t="s">
         <v>61</v>
       </c>
-      <c r="K8" s="4" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="B8" s="7"/>
+      <c r="C8" s="7"/>
+      <c r="D8" s="7"/>
+      <c r="E8" s="11"/>
+      <c r="F8" s="7"/>
+      <c r="G8" s="7"/>
+      <c r="H8" s="14"/>
+      <c r="I8" s="14"/>
+      <c r="J8" s="14"/>
+      <c r="K8" s="8"/>
+      <c r="L8" s="8"/>
+      <c r="M8" s="8"/>
+      <c r="N8" s="8"/>
+      <c r="O8" s="8">
+        <v>97.11</v>
+      </c>
+      <c r="P8" s="8">
+        <v>1.04</v>
+      </c>
+      <c r="Q8" s="8">
+        <v>1.07</v>
+      </c>
+      <c r="R8" s="8"/>
+      <c r="S8" s="8"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
-    <row r="9" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A9:N9"/>
+    <mergeCell ref="A8:N8"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>