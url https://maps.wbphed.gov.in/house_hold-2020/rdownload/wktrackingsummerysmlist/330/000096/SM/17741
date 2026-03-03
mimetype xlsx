--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -152,51 +152,51 @@
   <si>
     <t>Assistant Engineer ISD,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
   </si>
   <si>
     <t>ORD/000405/2024-2025</t>
   </si>
   <si>
     <t>3575/RD/PHE</t>
   </si>
   <si>
     <t>05/12/2024</t>
   </si>
   <si>
     <t>04/01/2025</t>
   </si>
   <si>
     <t>SUBHASIS MAJUMDER</t>
   </si>
   <si>
     <t>Augmentation of Kaliganj (Tharais) and it's adjoining mouzas Pipe Water Supply Scheme at Itahar Block of Uttar Dinajpur District under Raiganj Division.(Sinking of Tube Well, Laying of Rising Main, Laying Distribution pipe line, Providing Functional house Hold Tap Connections, Pump House)</t>
   </si>
   <si>
     <t>Assistant Engineer HQ,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
   </si>
   <si>
-    <t>Junior Engineer RWS HQ,Junior Engineer, RSD</t>
+    <t>Junior Engineer RWS HQ,Junior Engineer, RSD ,Junior Engineer, RWS</t>
   </si>
   <si>
     <t>ORD/000521/2022-2023</t>
   </si>
   <si>
     <t>881/RD/PHE</t>
   </si>
   <si>
     <t>27/03/2023</t>
   </si>
   <si>
     <t>16/03/2025</t>
   </si>
   <si>
     <t>BHOWMICK ENTERPRISE</t>
   </si>
   <si>
     <t>Malda Mechanical</t>
   </si>
   <si>
     <t>Supply, installation ,commissioning and trial operation of electro-mechanical components at T/W no. I of Tharais Water Supply Scheme in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte.(TSM/018631)</t>
   </si>
   <si>
     <t>Assistant Engineer - I</t>
   </si>
@@ -788,54 +788,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>11.57</v>
       </c>
       <c r="Q3" s="4">
-        <v>1.04</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>8.99</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1060,54 +1060,54 @@
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="7" t="s">
         <v>61</v>
       </c>
       <c r="B8" s="7"/>
       <c r="C8" s="7"/>
       <c r="D8" s="7"/>
       <c r="E8" s="11"/>
       <c r="F8" s="7"/>
       <c r="G8" s="7"/>
       <c r="H8" s="14"/>
       <c r="I8" s="14"/>
       <c r="J8" s="14"/>
       <c r="K8" s="8"/>
       <c r="L8" s="8"/>
       <c r="M8" s="8"/>
       <c r="N8" s="8"/>
       <c r="O8" s="8">
         <v>97.11</v>
       </c>
       <c r="P8" s="8">
-        <v>1.04</v>
+        <v>0</v>
       </c>
       <c r="Q8" s="8">
-        <v>1.07</v>
+        <v>0</v>
       </c>
       <c r="R8" s="8"/>
       <c r="S8" s="8"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A8:N8"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>