--- v0 (2025-12-14)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -180,50 +180,53 @@
     <t>Implementation of Sripur and it's adjoining mouzas Pipe Water Supply Scheme at Itahar Block of Uttar Dinajpur District under Raiganj Division.(Sinking of Tube Well, Laying of Rising Main, Laying Distribution pipe line, Providing Functional house Hold Tap Connections, Pump House at Head Work Site.)</t>
   </si>
   <si>
     <t>Assistant Engineer HQ,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
   </si>
   <si>
     <t>Junior Engineer RWS HQ,Junior Engineer, RSD ,Junior Engineer, RWS</t>
   </si>
   <si>
     <t>ORD/000274/2022-2023</t>
   </si>
   <si>
     <t>880/RD/PHE</t>
   </si>
   <si>
     <t>27/03/2023</t>
   </si>
   <si>
     <t>23/02/2026</t>
   </si>
   <si>
     <t>DONE ENTERPRISE PAPIYABHOWMICK7@GMAIL.COM</t>
   </si>
   <si>
     <t>Construction of Boundary Wall With Gate at Head Work Tube-Well Site under SRIPUR PWSS at Itahar Block under Raiganj Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>Junior Engineer RWS HQ</t>
   </si>
   <si>
     <t>ORD/000496/2023-2024</t>
   </si>
   <si>
     <t>616/RD/PHE</t>
   </si>
   <si>
     <t>05/03/2024</t>
   </si>
   <si>
     <t>19/04/2024</t>
   </si>
   <si>
     <t>ULKA ENTERPRISE</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -790,54 +793,54 @@
         <v>26</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>47.87</v>
       </c>
       <c r="Q3" s="4">
-        <v>0.78</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>1.63</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -912,54 +915,54 @@
       <c r="I5" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P5" s="4">
         <v>6.95</v>
       </c>
       <c r="Q5" s="4">
-        <v>5.66</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>81.36</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>81</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -975,149 +978,151 @@
       <c r="I6" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>49</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P6" s="4">
         <v>42.48</v>
       </c>
       <c r="Q6" s="4">
-        <v>9.42</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>22.17</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>20</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H7" s="13" t="s">
         <v>55</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>48</v>
       </c>
-      <c r="J7" s="13"/>
+      <c r="J7" s="13" t="s">
+        <v>56</v>
+      </c>
       <c r="K7" s="4" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="L7" s="4" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="M7" s="4" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="N7" s="4" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="O7" s="4" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="P7" s="4">
         <v>5.56</v>
       </c>
       <c r="Q7" s="4">
         <v>0</v>
       </c>
       <c r="R7" s="4">
         <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B8" s="7"/>
       <c r="C8" s="7"/>
       <c r="D8" s="7"/>
       <c r="E8" s="11"/>
       <c r="F8" s="7"/>
       <c r="G8" s="7"/>
       <c r="H8" s="14"/>
       <c r="I8" s="14"/>
       <c r="J8" s="14"/>
       <c r="K8" s="8"/>
       <c r="L8" s="8"/>
       <c r="M8" s="8"/>
       <c r="N8" s="8"/>
       <c r="O8" s="8">
         <v>109.06</v>
       </c>
       <c r="P8" s="8">
-        <v>15.85</v>
+        <v>0</v>
       </c>
       <c r="Q8" s="8">
-        <v>14.54</v>
+        <v>0</v>
       </c>
       <c r="R8" s="8"/>
       <c r="S8" s="8"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A8:N8"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>