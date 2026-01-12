--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -167,150 +167,147 @@
   <si>
     <t>ORD/000644/2023-2024</t>
   </si>
   <si>
     <t>W.B.S.E.D.C.LTD Quotation charge at T/W No. IV of Bagela,Dalkhola C.C.C in the district of Uttar Dinajpur Under Malda Mechanical Division PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000646/2023-2024</t>
   </si>
   <si>
     <t>Material Requisition To Resource Division</t>
   </si>
   <si>
     <t>RTOR000031/2023-2024</t>
   </si>
   <si>
     <t>1219/RD/PHE</t>
   </si>
   <si>
     <t>02/05/2023</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
+    <t>Laying of Additional Pipeline, Pathway and Land development with anciliary works for installation of FHTC Work for BAGELA Water Supply Scheme under Islampur Sub-Division P.H.E. Dte.under Raiganj Division, P.H.E Dte.,U/D.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer ISD,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
+  </si>
+  <si>
+    <t>ORD/000459/2024-2025</t>
+  </si>
+  <si>
+    <t>3777/RD/PHE</t>
+  </si>
+  <si>
+    <t>19/12/2024</t>
+  </si>
+  <si>
+    <t>02/02/2025</t>
+  </si>
+  <si>
+    <t>M/S LOKENATH CONSTRUCTION (SUDARSHANPUR)</t>
+  </si>
+  <si>
+    <t>Additional quotation for HT cable at BAGELA PH-I (Dalkhola ccc) in the district of Uttar Dinajpur under Malda Mechanical Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>BILL/03731/2023-2024</t>
+  </si>
+  <si>
+    <t>BP-2023-24-696</t>
+  </si>
+  <si>
+    <t>15/03/2024</t>
+  </si>
+  <si>
+    <t>Implementation of BAGELA andit's adjoining mouzas Pipe Water Supply Scheme at KARANDIGHI Block of Uttar Dinajpur District under Raiganj Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>Junior Engineer, ISD</t>
+  </si>
+  <si>
+    <t>ORD/000002/2023-2024</t>
+  </si>
+  <si>
+    <t>1068/RD/PHE</t>
+  </si>
+  <si>
+    <t>11/04/2023</t>
+  </si>
+  <si>
+    <t>11/04/2025</t>
+  </si>
+  <si>
+    <t>Supply, installation, commissioning and trial operation of electro-mechanical components of T/W no. I,II,III,IV &amp; V and making compound lighting arrangement ,Solarisation of WBSEDCL energised pump house with Supply and Installation of Grid-connected Ground Mounted Solar PV systems with Net Metering at T/W no. I of Bagela Water Supply Scheme in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (TSM/015098)</t>
+  </si>
+  <si>
+    <t>Junior Engineer-02</t>
+  </si>
+  <si>
+    <t>ORD/000613/2023-2024</t>
+  </si>
+  <si>
+    <t>2726/MLMD</t>
+  </si>
+  <si>
+    <t>14/08/2023</t>
+  </si>
+  <si>
+    <t>08/02/2029</t>
+  </si>
+  <si>
+    <t>GHOSH BROTHERS...</t>
+  </si>
+  <si>
     <t>Construction of Boundary Wall With Gate at Head Work Site, 2nd, 3rd &amp; 4th Tube-Well Site under BAGELA PWSS at Karandighi Block under Raiganj Division, PHE Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer HQ,Assistant Engineer ISD,Assistant Engineer RWS SD</t>
   </si>
   <si>
-    <t>Junior Engineer, ISD</t>
-[...1 lines deleted...]
-  <si>
     <t>ORD/000540/2023-2024</t>
   </si>
   <si>
     <t>602/RD/PHE</t>
   </si>
   <si>
     <t>05/03/2024</t>
   </si>
   <si>
-    <t>19/04/2024</t>
+    <t>21/07/2024</t>
   </si>
   <si>
     <t>UNITED PROGRESSIVE ENGINEERS CO-OP &amp;CONSTRUCTION SOCIETY LTD.</t>
   </si>
   <si>
-    <t>Laying of Additional Pipeline, Pathway and Land development with anciliary works for installation of FHTC Work for BAGELA Water Supply Scheme under Islampur Sub-Division P.H.E. Dte.under Raiganj Division, P.H.E Dte.,U/D.</t>
-[...67 lines deleted...]
-  <si>
     <t>ORD/000539/2023-2024</t>
   </si>
   <si>
     <t>601/RD/PHE</t>
-  </si>
-[...1 lines deleted...]
-    <t>21/07/2024</t>
   </si>
   <si>
     <t>M/S HINDUSTHAN CONSTRUCTION HCONSTRUCTION.RNJ@GMAIL.COM</t>
   </si>
   <si>
     <t>Designing, Supplying, Febrication, Erection on suitable RCC foundation, commissioning with 3(three) months Trial Run (including cost of routine testing of water sample and flow/hr for performance evaluation) of pressure type Iron Removal Plant as per design norms of CPHEEO(latest) with necessary accessories for Bagela Water Supply Scheme at Karandighi Block under Raiganj Division, P.H.E. Dte. Dist:- Uttar Dinajpur, Capacity- 150 M3/hr.</t>
   </si>
   <si>
     <t>Assistant Engineer HQ,Assistant Engineer ISD,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
   </si>
   <si>
     <t>ORD/000330/2025-2026</t>
   </si>
   <si>
     <t>2483/RD/PHE</t>
   </si>
   <si>
     <t>12/09/2025</t>
   </si>
   <si>
     <t>11/03/2026</t>
   </si>
   <si>
     <t>Total</t>
   </si>
@@ -1227,458 +1224,458 @@
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="13" t="s">
         <v>51</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>52</v>
       </c>
-      <c r="J9" s="13" t="s">
+      <c r="J9" s="13"/>
+      <c r="K9" s="4" t="s">
         <v>53</v>
       </c>
-      <c r="K9" s="4" t="s">
+      <c r="L9" s="4" t="s">
         <v>54</v>
       </c>
-      <c r="L9" s="4" t="s">
+      <c r="M9" s="4" t="s">
         <v>55</v>
       </c>
-      <c r="M9" s="4" t="s">
+      <c r="N9" s="4" t="s">
         <v>56</v>
       </c>
-      <c r="N9" s="4" t="s">
+      <c r="O9" s="4" t="s">
         <v>57</v>
       </c>
-      <c r="O9" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P9" s="4">
-        <v>16.43</v>
+        <v>59.67</v>
       </c>
       <c r="Q9" s="4">
         <v>0</v>
       </c>
       <c r="R9" s="4">
         <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="13" t="s">
-        <v>59</v>
-[...3 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="I10" s="13"/>
       <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="L10" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="M10" s="4" t="s">
         <v>61</v>
       </c>
-      <c r="L10" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N10" s="4" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="O10" s="4" t="s">
-        <v>65</v>
+        <v>39</v>
       </c>
       <c r="P10" s="4">
-        <v>59.67</v>
+        <v>14.8</v>
       </c>
       <c r="Q10" s="4">
         <v>0</v>
       </c>
       <c r="R10" s="4">
         <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H11" s="13" t="s">
+        <v>62</v>
+      </c>
+      <c r="I11" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="J11" s="13" t="s">
+        <v>63</v>
+      </c>
+      <c r="K11" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="L11" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="M11" s="4" t="s">
         <v>66</v>
       </c>
-      <c r="I11" s="13"/>
-[...1 lines deleted...]
-      <c r="K11" s="4" t="s">
+      <c r="N11" s="4" t="s">
         <v>67</v>
       </c>
-      <c r="L11" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O11" s="4" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
       <c r="P11" s="4">
-        <v>14.8</v>
+        <v>647.26</v>
       </c>
       <c r="Q11" s="4">
-        <v>0</v>
+        <v>181.5</v>
       </c>
       <c r="R11" s="4">
-        <v>0</v>
+        <v>28.04</v>
       </c>
       <c r="S11" s="4">
-        <v>0</v>
+        <v>75</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H12" s="13" t="s">
+        <v>68</v>
+      </c>
+      <c r="I12" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="J12" s="13" t="s">
+        <v>69</v>
+      </c>
+      <c r="K12" s="4" t="s">
         <v>70</v>
       </c>
-      <c r="I12" s="13" t="s">
-[...5 lines deleted...]
-      <c r="K12" s="4" t="s">
+      <c r="L12" s="4" t="s">
         <v>71</v>
       </c>
-      <c r="L12" s="4" t="s">
+      <c r="M12" s="4" t="s">
         <v>72</v>
       </c>
-      <c r="M12" s="4" t="s">
+      <c r="N12" s="4" t="s">
         <v>73</v>
       </c>
-      <c r="N12" s="4" t="s">
+      <c r="O12" s="4" t="s">
         <v>74</v>
       </c>
-      <c r="O12" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P12" s="4">
-        <v>647.26</v>
+        <v>68.76</v>
       </c>
       <c r="Q12" s="4">
-        <v>181.5</v>
+        <v>48.99</v>
       </c>
       <c r="R12" s="4">
-        <v>28.04</v>
+        <v>71.25</v>
       </c>
       <c r="S12" s="4">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H13" s="13" t="s">
         <v>75</v>
       </c>
       <c r="I13" s="13" t="s">
-        <v>35</v>
+        <v>76</v>
       </c>
       <c r="J13" s="13" t="s">
-        <v>76</v>
+        <v>63</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P13" s="4">
-        <v>68.76</v>
+        <v>16.43</v>
       </c>
       <c r="Q13" s="4">
-        <v>48.99</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>71.25</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
-        <v>79</v>
+        <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H14" s="13" t="s">
-        <v>51</v>
+        <v>75</v>
       </c>
       <c r="I14" s="13" t="s">
-        <v>52</v>
+        <v>76</v>
       </c>
       <c r="J14" s="13" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M14" s="4" t="s">
-        <v>56</v>
+        <v>79</v>
       </c>
       <c r="N14" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="O14" s="4" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="P14" s="4">
         <v>16.43</v>
       </c>
       <c r="Q14" s="4">
         <v>0</v>
       </c>
       <c r="R14" s="4">
         <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H15" s="13" t="s">
+        <v>85</v>
+      </c>
+      <c r="I15" s="13" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="J15" s="13"/>
       <c r="K15" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="L15" s="4" t="s">
         <v>88</v>
       </c>
-      <c r="L15" s="4" t="s">
+      <c r="M15" s="4" t="s">
         <v>89</v>
       </c>
-      <c r="M15" s="4" t="s">
+      <c r="N15" s="4" t="s">
         <v>90</v>
       </c>
-      <c r="N15" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O15" s="4" t="s">
-        <v>65</v>
+        <v>57</v>
       </c>
       <c r="P15" s="4">
         <v>51.99</v>
       </c>
       <c r="Q15" s="4">
         <v>0</v>
       </c>
       <c r="R15" s="4">
         <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>1168.19</v>
       </c>
       <c r="P16" s="8">
         <v>264.5</v>
       </c>
       <c r="Q16" s="8">
         <v>22.64</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>