--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -880,54 +880,54 @@
         <v>26</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>8.6</v>
       </c>
       <c r="Q3" s="4">
-        <v>8.6</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -941,54 +941,54 @@
         <v>34</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="L4" s="4">
         <v>4003196575</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P4" s="4">
         <v>8.06</v>
       </c>
       <c r="Q4" s="4">
-        <v>8.06</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1002,54 +1002,54 @@
         <v>40</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L5" s="4">
         <v>4003196562</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P5" s="4">
         <v>6.84</v>
       </c>
       <c r="Q5" s="4">
-        <v>6.84</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1063,54 +1063,54 @@
         <v>42</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L6" s="4">
         <v>4003196566</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P6" s="4">
         <v>3.57</v>
       </c>
       <c r="Q6" s="4">
-        <v>3.57</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1124,54 +1124,54 @@
         <v>44</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L7" s="4">
         <v>4003196570</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P7" s="4">
         <v>6.94</v>
       </c>
       <c r="Q7" s="4">
-        <v>6.94</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1366,54 +1366,54 @@
       <c r="I11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>63</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P11" s="4">
         <v>647.26</v>
       </c>
       <c r="Q11" s="4">
-        <v>181.5</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>28.04</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>75</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1429,54 +1429,54 @@
       <c r="I12" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>69</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P12" s="4">
         <v>68.76</v>
       </c>
       <c r="Q12" s="4">
-        <v>48.99</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>71.25</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>79</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1650,54 +1650,54 @@
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
         <v>91</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>1168.19</v>
       </c>
       <c r="P16" s="8">
-        <v>264.5</v>
+        <v>0</v>
       </c>
       <c r="Q16" s="8">
-        <v>22.64</v>
+        <v>0</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>