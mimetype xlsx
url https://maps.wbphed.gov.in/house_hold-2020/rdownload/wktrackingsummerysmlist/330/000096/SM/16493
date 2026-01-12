--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -125,120 +125,102 @@
   <si>
     <t>29/03/2023</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
     <t>Malda Mechanical</t>
   </si>
   <si>
     <t>Quotation for new service connection at Samaspur TW-I.</t>
   </si>
   <si>
     <t>BILL/03525/2023-2024</t>
   </si>
   <si>
     <t>BP-2023-24-545</t>
   </si>
   <si>
     <t>15/02/2024</t>
   </si>
   <si>
     <t>W.B.S.E.D.C.LTD</t>
   </si>
   <si>
-    <t>Additional pipeline and other ancillary works at Samaspur piped water Supply Scheme Under Islampur SubDivision under Raiganj Division,P.H.E Dte.</t>
+    <t>Supply, installation, commissioning and trial operation of electro-mechanical components at T/W no. I &amp; II and making compound lighting arrangement at T/W no. I of Samaspur Water Supply Scheme in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (TSM/016128)</t>
+  </si>
+  <si>
+    <t>Assistant Engineer - I</t>
+  </si>
+  <si>
+    <t>Junior Engineer-02</t>
+  </si>
+  <si>
+    <t>ORD/000440/2023-2024</t>
+  </si>
+  <si>
+    <t>2451/MLMD</t>
+  </si>
+  <si>
+    <t>04/08/2023</t>
+  </si>
+  <si>
+    <t>09/10/2025</t>
+  </si>
+  <si>
+    <t>ANIMA ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Sinking of Tube Well, laying of rising main &amp; distribution system, providing FHTC ,Construction of Over Head Reservoir over Pile / Raft Foundation including subsoil investigation, construction of Pump House, Chlorine room, Boundary Wall &amp; Approach Road and allied works for 25 nos. Piped water supply Schemes within GOALPOKHAR-II Dev. Block of Uttar Dinajpur District under Raiganj Division ,PHE Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer ISD</t>
+  </si>
+  <si>
+    <t>JUNIOR ENGINEER,Junior Engineer, ISD</t>
+  </si>
+  <si>
+    <t>ORD/000374/2023-2024</t>
+  </si>
+  <si>
+    <t>2590/RD/PHE</t>
+  </si>
+  <si>
+    <t>11/09/2023</t>
+  </si>
+  <si>
+    <t>29/11/2025</t>
+  </si>
+  <si>
+    <t>GHOSH &amp; BROTHERS DEVCON PRIVATE LIMITED</t>
+  </si>
+  <si>
+    <t>Continuation Order Hiring of well-maintained Diesel Maxi Cab (Vehicle no.WB 59C 4762) having Luxury Taxi Permit for contract carriage (Non-A.C.) for the office ofthe Executive Engineer, Raiganj Division, P.H.E. Dte. for the purpose of office duty having jurisdiction over the entireRaiganj Division, P.H.E. Dte. in the District of Uttar Dinajpur. Period for 01/07/2024 to 14/01/2025.</t>
   </si>
   <si>
     <t>Assistant Engineer HQ,Assistant Engineer ISD,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
-  </si>
-[...64 lines deleted...]
-    <t>Continuation Order Hiring of well-maintained Diesel Maxi Cab (Vehicle no.WB 59C 4762) having Luxury Taxi Permit for contract carriage (Non-A.C.) for the office ofthe Executive Engineer, Raiganj Division, P.H.E. Dte. for the purpose of office duty having jurisdiction over the entireRaiganj Division, P.H.E. Dte. in the District of Uttar Dinajpur. Period for 01/07/2024 to 14/01/2025.</t>
   </si>
   <si>
     <t>Estimator</t>
   </si>
   <si>
     <t>ORD/000408/2024-2025</t>
   </si>
   <si>
     <t>1981/RD/PHE</t>
   </si>
   <si>
     <t>29/06/2024</t>
   </si>
   <si>
     <t>13/01/2025</t>
   </si>
   <si>
     <t>TAPAN KUMAR MAJUMDER NAMEDUTTA@GMAIL.COM</t>
   </si>
   <si>
     <t>Trial Run For Samaspur PWSS under Goalpukhur-II Block under Raiganj Division ,PHE Dte. for 3 months</t>
   </si>
   <si>
     <t>Assistant Engineer ISD,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
   </si>
@@ -666,51 +648,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W10"/>
+  <dimension ref="A1:W9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="48.273926" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -910,388 +892,327 @@
       <c r="Q4" s="4">
         <v>0</v>
       </c>
       <c r="R4" s="4">
         <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H5" s="13" t="s">
         <v>37</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>38</v>
       </c>
-      <c r="J5" s="13"/>
+      <c r="J5" s="13" t="s">
+        <v>39</v>
+      </c>
       <c r="K5" s="4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="P5" s="4">
-        <v>46.96</v>
+        <v>28.12</v>
       </c>
       <c r="Q5" s="4">
-        <v>0</v>
+        <v>22.26</v>
       </c>
       <c r="R5" s="4">
-        <v>0</v>
+        <v>79.16</v>
       </c>
       <c r="S5" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H6" s="13" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="I6" s="13" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="J6" s="13" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="K6" s="4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="L6" s="4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="M6" s="4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="N6" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="O6" s="4" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="P6" s="4">
-        <v>28.12</v>
+        <v>12931.07</v>
       </c>
       <c r="Q6" s="4">
-        <v>22.26</v>
+        <v>209.89</v>
       </c>
       <c r="R6" s="4">
-        <v>79.16</v>
+        <v>1.62</v>
       </c>
       <c r="S6" s="4">
-        <v>100</v>
+        <v>35</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H7" s="13" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I7" s="13" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="J7" s="13" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="K7" s="4" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="L7" s="4" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="M7" s="4" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="N7" s="4" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="O7" s="4" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="P7" s="4">
-        <v>12931.07</v>
+        <v>2.6</v>
       </c>
       <c r="Q7" s="4">
-        <v>209.89</v>
+        <v>0.39</v>
       </c>
       <c r="R7" s="4">
-        <v>1.62</v>
+        <v>14.95</v>
       </c>
       <c r="S7" s="4">
-        <v>35</v>
+        <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H8" s="13" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I8" s="13" t="s">
-        <v>38</v>
-[...3 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L8" s="4" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="M8" s="4" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="N8" s="4" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="O8" s="4" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="P8" s="4">
-        <v>2.6</v>
+        <v>0.87</v>
       </c>
       <c r="Q8" s="4">
-        <v>0.39</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>14.95</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
-      <c r="A9" s="3">
-[...23 lines deleted...]
-      <c r="I9" s="13" t="s">
+      <c r="A9" s="7" t="s">
         <v>68</v>
       </c>
-      <c r="J9" s="13"/>
-[...26 lines deleted...]
-      </c>
+      <c r="B9" s="7"/>
+      <c r="C9" s="7"/>
+      <c r="D9" s="7"/>
+      <c r="E9" s="11"/>
+      <c r="F9" s="7"/>
+      <c r="G9" s="7"/>
+      <c r="H9" s="14"/>
+      <c r="I9" s="14"/>
+      <c r="J9" s="14"/>
+      <c r="K9" s="8"/>
+      <c r="L9" s="8"/>
+      <c r="M9" s="8"/>
+      <c r="N9" s="8"/>
+      <c r="O9" s="8">
+        <v>13013.44</v>
+      </c>
+      <c r="P9" s="8">
+        <v>232.54</v>
+      </c>
+      <c r="Q9" s="8">
+        <v>1.79</v>
+      </c>
+      <c r="R9" s="8"/>
+      <c r="S9" s="8"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
-    <row r="10" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A10:N10"/>
+    <mergeCell ref="A9:N9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>