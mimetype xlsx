--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -931,54 +931,54 @@
       <c r="I5" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P5" s="4">
         <v>28.12</v>
       </c>
       <c r="Q5" s="4">
-        <v>22.26</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>79.16</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -994,54 +994,54 @@
       <c r="I6" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P6" s="4">
         <v>12931.07</v>
       </c>
       <c r="Q6" s="4">
-        <v>209.89</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>1.62</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>35</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1057,54 +1057,54 @@
       <c r="I7" s="13" t="s">
         <v>54</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>55</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P7" s="4">
         <v>2.6</v>
       </c>
       <c r="Q7" s="4">
-        <v>0.39</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>14.95</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1152,54 +1152,54 @@
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="7" t="s">
         <v>68</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
       <c r="E9" s="11"/>
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
       <c r="H9" s="14"/>
       <c r="I9" s="14"/>
       <c r="J9" s="14"/>
       <c r="K9" s="8"/>
       <c r="L9" s="8"/>
       <c r="M9" s="8"/>
       <c r="N9" s="8"/>
       <c r="O9" s="8">
         <v>13013.44</v>
       </c>
       <c r="P9" s="8">
-        <v>232.54</v>
+        <v>0</v>
       </c>
       <c r="Q9" s="8">
-        <v>1.79</v>
+        <v>0</v>
       </c>
       <c r="R9" s="8"/>
       <c r="S9" s="8"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A9:N9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>