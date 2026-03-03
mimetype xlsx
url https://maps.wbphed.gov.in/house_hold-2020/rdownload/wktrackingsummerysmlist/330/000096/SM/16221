--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -233,51 +233,51 @@
   <si>
     <t>28/06/2024</t>
   </si>
   <si>
     <t>TAPAN KUMAR MAJUMDER NAMEDUTTA@GMAIL.COM</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components at T/W no. I &amp; II and making compound yard lighting arrangement at T/W no. I of Sonapur Water Supply Scheme in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer - I</t>
   </si>
   <si>
     <t>Junior Engineer-02</t>
   </si>
   <si>
     <t>ORD/000318/2024-2025</t>
   </si>
   <si>
     <t>2945/MLMD</t>
   </si>
   <si>
     <t>11/09/2024</t>
   </si>
   <si>
-    <t>29/09/2025</t>
+    <t>28/12/2025</t>
   </si>
   <si>
     <t>MANIK CHANDRA SAHA.</t>
   </si>
   <si>
     <t>Construction Of Approach Road, Laying of Pipe Line,Fhtc and Other Allied Works Of Sonapur Pwss Within Itahar Block Under Raiganj Division P.H.E. Dte., Raiganj, Uttar Dinajpur.</t>
   </si>
   <si>
     <t>Assistant Engineer ISD,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
   </si>
   <si>
     <t>Junior Engineer RWS HQ</t>
   </si>
   <si>
     <t>ORD/000394/2024-2025</t>
   </si>
   <si>
     <t>3565/RD/PHE</t>
   </si>
   <si>
     <t>05/12/2024</t>
   </si>
   <si>
     <t>19/01/2025</t>
   </si>
@@ -910,54 +910,54 @@
         <v>26</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>47.87</v>
       </c>
       <c r="Q3" s="4">
-        <v>4.34</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>9.07</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -969,54 +969,54 @@
       </c>
       <c r="H4" s="13" t="s">
         <v>34</v>
       </c>
       <c r="I4" s="13"/>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4">
         <v>4003233398</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>5.12</v>
       </c>
       <c r="Q4" s="4">
-        <v>5.12</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1028,54 +1028,54 @@
       </c>
       <c r="H5" s="13" t="s">
         <v>39</v>
       </c>
       <c r="I5" s="13"/>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4">
         <v>4003233395</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P5" s="4">
         <v>9.43</v>
       </c>
       <c r="Q5" s="4">
-        <v>9.43</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1209,54 +1209,54 @@
       <c r="I8" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>53</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P8" s="4">
         <v>362.18</v>
       </c>
       <c r="Q8" s="4">
-        <v>202.77</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>55.99</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>50</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1272,54 +1272,54 @@
       <c r="I9" s="13" t="s">
         <v>60</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>61</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P9" s="4">
         <v>4.8</v>
       </c>
       <c r="Q9" s="4">
-        <v>0.79</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>16.51</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1335,54 +1335,54 @@
       <c r="I10" s="13" t="s">
         <v>68</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>69</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P10" s="4">
         <v>26.45</v>
       </c>
       <c r="Q10" s="4">
-        <v>4.85</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>18.34</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>70</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1617,54 +1617,54 @@
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>101</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>601.19</v>
       </c>
       <c r="P15" s="8">
-        <v>227.31</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="8">
-        <v>37.81</v>
+        <v>0</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>