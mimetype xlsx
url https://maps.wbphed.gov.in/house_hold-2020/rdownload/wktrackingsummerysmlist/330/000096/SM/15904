--- v0 (2025-12-14)
+++ v1 (2026-01-12)
@@ -128,132 +128,132 @@
   <si>
     <t>16/10/2023</t>
   </si>
   <si>
     <t>W.B.S.E.D.C.LTD</t>
   </si>
   <si>
     <t>Raiganj Division</t>
   </si>
   <si>
     <t>Material Requisition To Resource Division</t>
   </si>
   <si>
     <t>RTOR000110/2022-2023</t>
   </si>
   <si>
     <t>606/RD/PHE</t>
   </si>
   <si>
     <t>27/02/2023</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
+    <t>Supply, installation, commissioning and trial operation of electro-mechanical components at T/W no. I &amp; II and making compound lighting arrangement at T/W no. I of Bhelagachhi Water Supply Scheme in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (TSM/017356)</t>
+  </si>
+  <si>
+    <t>Junior Engineer-02</t>
+  </si>
+  <si>
+    <t>ORD/000461/2023-2024</t>
+  </si>
+  <si>
+    <t>2480/MLMD</t>
+  </si>
+  <si>
+    <t>04/08/2023</t>
+  </si>
+  <si>
+    <t>26/11/2024</t>
+  </si>
+  <si>
+    <t>ANIMA ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Additional Quotation for new service connection at BHELAGACCHI PH-I (Islampur ccc) in the district of Uttar Dinajpur under Malda Mechanical Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>BILL/00023/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-2024-25-40</t>
+  </si>
+  <si>
+    <t>08/04/2024</t>
+  </si>
+  <si>
+    <t>Hiring of vehicle for transportation of water sample collection from different BPHC to district lab uttar dinajpur</t>
+  </si>
+  <si>
+    <t>BILL/01085/2023-2024</t>
+  </si>
+  <si>
+    <t>BP-2023-24-274</t>
+  </si>
+  <si>
+    <t>09/02/2024</t>
+  </si>
+  <si>
+    <t>FARHAD ALI</t>
+  </si>
+  <si>
+    <t>Quotation for new service connection at Bhelagacchi PH-II (Islampur ccc) district Uttar Dinajpur.</t>
+  </si>
+  <si>
+    <t>BILL/03561/2023-2024</t>
+  </si>
+  <si>
+    <t>BP-2023-24-591</t>
+  </si>
+  <si>
+    <t>22/02/2024</t>
+  </si>
+  <si>
     <t>Implementation of BHELAGACHHI and it's adjoining mouzas Pipe Water Supply Scheme at ISLAMPUR Block of Uttar Dinajpur District under Raiganj Division.PHE Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer ISD</t>
   </si>
   <si>
     <t>Junior Engineer, ISD</t>
   </si>
   <si>
     <t>ORD/000329/2022-2023</t>
   </si>
   <si>
     <t>670/RD/PHE</t>
   </si>
   <si>
     <t>06/03/2023</t>
   </si>
   <si>
-    <t>31/10/2024</t>
+    <t>31/10/2025</t>
   </si>
   <si>
     <t>M/S LOKENATH CONSTRUCTION</t>
-  </si>
-[...58 lines deleted...]
-    <t>22/02/2024</t>
   </si>
   <si>
     <t>Laying of Additional pipeline with other ancillary works at different mouzas of BHELAGACHHI PWSS under Islampur Sub-Division P.H.E. Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer ISD,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
   </si>
   <si>
     <t>ORD/000373/2024-2025</t>
   </si>
   <si>
     <t>3492/RD/PHE</t>
   </si>
   <si>
     <t>02/12/2024</t>
   </si>
   <si>
     <t>16/01/2025</t>
   </si>
   <si>
     <t>M/S LOKENATH CONSTRUCTION (SUDARSHANPUR)</t>
   </si>
   <si>
     <t>Construction of Approach Road at Head Work Site, &amp; 2nd Tube-Well Site under New Scheme of Bhelagachhi PWSS at Islampur Block under Raiganj Division, PHE dte.</t>
   </si>
@@ -942,372 +942,372 @@
       <c r="Q4" s="4">
         <v>0</v>
       </c>
       <c r="R4" s="4">
         <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H5" s="13" t="s">
         <v>38</v>
       </c>
       <c r="I5" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="J5" s="13" t="s">
         <v>39</v>
       </c>
-      <c r="J5" s="13" t="s">
+      <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
-      <c r="K5" s="4" t="s">
+      <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
-      <c r="L5" s="4" t="s">
+      <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
-      <c r="M5" s="4" t="s">
+      <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
-      <c r="N5" s="4" t="s">
+      <c r="O5" s="4" t="s">
         <v>44</v>
       </c>
-      <c r="O5" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P5" s="4">
-        <v>581.2</v>
+        <v>26.45</v>
       </c>
       <c r="Q5" s="4">
-        <v>300.25</v>
+        <v>20.35</v>
       </c>
       <c r="R5" s="4">
-        <v>51.66</v>
+        <v>76.93</v>
       </c>
       <c r="S5" s="4">
-        <v>65</v>
+        <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H6" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="I6" s="13"/>
+      <c r="J6" s="13"/>
+      <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
-      <c r="I6" s="13" t="s">
-[...2 lines deleted...]
-      <c r="J6" s="13" t="s">
+      <c r="L6" s="4" t="s">
         <v>47</v>
       </c>
-      <c r="K6" s="4" t="s">
+      <c r="M6" s="4" t="s">
         <v>48</v>
       </c>
-      <c r="L6" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N6" s="4" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="O6" s="4" t="s">
-        <v>52</v>
+        <v>31</v>
       </c>
       <c r="P6" s="4">
-        <v>26.45</v>
+        <v>5.28</v>
       </c>
       <c r="Q6" s="4">
-        <v>20.35</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>76.93</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H7" s="13" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="I7" s="13"/>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="L7" s="4" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="M7" s="4" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="N7" s="4" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="O7" s="4" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="P7" s="4">
-        <v>5.28</v>
+        <v>0.05</v>
       </c>
       <c r="Q7" s="4">
         <v>0</v>
       </c>
       <c r="R7" s="4">
         <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H8" s="13" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="I8" s="13"/>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="L8" s="4" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="M8" s="4" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="N8" s="4" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="O8" s="4" t="s">
-        <v>61</v>
+        <v>31</v>
       </c>
       <c r="P8" s="4">
-        <v>0.05</v>
+        <v>7.31</v>
       </c>
       <c r="Q8" s="4">
         <v>0</v>
       </c>
       <c r="R8" s="4">
         <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="I9" s="13" t="s">
+        <v>59</v>
+      </c>
+      <c r="J9" s="13" t="s">
+        <v>60</v>
+      </c>
+      <c r="K9" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="L9" s="4" t="s">
         <v>62</v>
       </c>
-      <c r="I9" s="13"/>
-[...1 lines deleted...]
-      <c r="K9" s="4" t="s">
+      <c r="M9" s="4" t="s">
         <v>63</v>
       </c>
-      <c r="L9" s="4" t="s">
+      <c r="N9" s="4" t="s">
         <v>64</v>
       </c>
-      <c r="M9" s="4" t="s">
+      <c r="O9" s="4" t="s">
         <v>65</v>
       </c>
-      <c r="N9" s="4" t="s">
+      <c r="P9" s="4">
+        <v>581.2</v>
+      </c>
+      <c r="Q9" s="4">
+        <v>300.25</v>
+      </c>
+      <c r="R9" s="4">
+        <v>51.66</v>
+      </c>
+      <c r="S9" s="4">
         <v>65</v>
-      </c>
-[...13 lines deleted...]
-        <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="13" t="s">
         <v>66</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>67</v>
       </c>
       <c r="J10" s="13" t="s">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P10" s="4">
         <v>79.83</v>
       </c>
       <c r="Q10" s="4">
         <v>0</v>
       </c>
       <c r="R10" s="4">
         <v>0</v>
       </c>
@@ -1326,51 +1326,51 @@
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H11" s="13" t="s">
         <v>73</v>
       </c>
       <c r="I11" s="13" t="s">
         <v>67</v>
       </c>
       <c r="J11" s="13" t="s">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="P11" s="4">
         <v>6.18</v>
       </c>
       <c r="Q11" s="4">
         <v>0</v>
       </c>
       <c r="R11" s="4">
         <v>0</v>
       </c>