--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -859,54 +859,54 @@
         <v>26</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4">
         <v>4003195371</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>10.69</v>
       </c>
       <c r="Q3" s="4">
-        <v>10.69</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -981,54 +981,54 @@
       <c r="I5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P5" s="4">
         <v>26.45</v>
       </c>
       <c r="Q5" s="4">
-        <v>20.35</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>76.93</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1221,54 +1221,54 @@
       <c r="I9" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>60</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P9" s="4">
         <v>581.2</v>
       </c>
       <c r="Q9" s="4">
-        <v>300.25</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>51.66</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>65</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1442,54 +1442,54 @@
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="7" t="s">
         <v>84</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="11"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8">
         <v>760.05</v>
       </c>
       <c r="P13" s="8">
-        <v>331.28</v>
+        <v>0</v>
       </c>
       <c r="Q13" s="8">
-        <v>43.59</v>
+        <v>0</v>
       </c>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>