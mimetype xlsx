--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -182,51 +182,51 @@
   <si>
     <t>GHOSH BROTHERS...</t>
   </si>
   <si>
     <t>Sinking of Tube Well, laying of rising main &amp; distribution system, providing FHTC ,Construction of Over Head Reservoir over Pile / Raft Foundation including subsoil investigation, construction of Pump House, Chlorine room, Boundary Wall &amp; Approach Road and allied works for 25 nos. Piped water supply Schemes within GOALPOKHAR-II Dev. Block of Uttar Dinajpur District under Raiganj Division ,PHE Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer ISD</t>
   </si>
   <si>
     <t>JUNIOR ENGINEER,Junior Engineer, ISD</t>
   </si>
   <si>
     <t>ORD/000374/2023-2024</t>
   </si>
   <si>
     <t>2590/RD/PHE</t>
   </si>
   <si>
     <t>11/09/2023</t>
   </si>
   <si>
     <t>29/11/2025</t>
   </si>
   <si>
-    <t>M/S GHOSH AND CO.</t>
+    <t>GHOSH &amp; BROTHERS DEVCON PRIVATE LIMITED</t>
   </si>
   <si>
     <t>Hiring of Additional well-maintained Diesel Maxi Cab (Non-A.C.) for the office of the Assistant Engineer, Islampur Sub-Division, P.H.E. Dte. for the purpose of supervision of JJM works having jurisdiction over the entire Islampur Sub-Division, P.H.E. Dte. under Raiganj Division, P.H.E. Dte. in the District of Uttar Dinajpur.For 12(twelve) Months.</t>
   </si>
   <si>
     <t>Junior Engineer, ISD</t>
   </si>
   <si>
     <t>ORD/000578/2023-2024</t>
   </si>
   <si>
     <t>2752/RD/PHE</t>
   </si>
   <si>
     <t>05/10/2023</t>
   </si>
   <si>
     <t>05/10/2024</t>
   </si>
   <si>
     <t>SISIR KUMAR DUTTA</t>
   </si>
   <si>
     <t>Total</t>
   </si>
@@ -658,51 +658,51 @@
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:W9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="21.137695" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="47.131348" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.422852" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>