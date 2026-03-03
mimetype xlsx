--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1041,54 +1041,54 @@
       <c r="I7" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>51</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P7" s="4">
         <v>12931.07</v>
       </c>
       <c r="Q7" s="4">
-        <v>352.23</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>2.72</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>35</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1104,88 +1104,88 @@
       <c r="I8" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>58</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P8" s="4">
         <v>4.8</v>
       </c>
       <c r="Q8" s="4">
-        <v>0.38</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>7.94</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="7" t="s">
         <v>64</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
       <c r="E9" s="11"/>
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
       <c r="H9" s="14"/>
       <c r="I9" s="14"/>
       <c r="J9" s="14"/>
       <c r="K9" s="8"/>
       <c r="L9" s="8"/>
       <c r="M9" s="8"/>
       <c r="N9" s="8"/>
       <c r="O9" s="8">
         <v>13073.5</v>
       </c>
       <c r="P9" s="8">
-        <v>352.61</v>
+        <v>0</v>
       </c>
       <c r="Q9" s="8">
-        <v>2.7</v>
+        <v>0</v>
       </c>
       <c r="R9" s="8"/>
       <c r="S9" s="8"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A9:N9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>