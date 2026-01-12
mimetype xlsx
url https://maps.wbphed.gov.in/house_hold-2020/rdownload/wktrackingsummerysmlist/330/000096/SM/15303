--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -134,168 +134,168 @@
   <si>
     <t>Quotation for new service connection at MALKOT PH-I (Dalkhola ccc) in the district of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (SM/15303)</t>
   </si>
   <si>
     <t>BILL/00744/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-211</t>
   </si>
   <si>
     <t>22/05/2024</t>
   </si>
   <si>
     <t>W.B.S.E.D.C.LTD</t>
   </si>
   <si>
     <t>Quotation for new service connection at MALKOT PH-II (Dalkhola ccc) in the district of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (SM/15303)</t>
   </si>
   <si>
     <t>BILL/00745/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-212</t>
   </si>
   <si>
+    <t>Hiring of well-maintained Diesel Maxi Cab having Luxury Taxi Permit for contract carriage (Non-A.C.) for the office of the Executive Engineer, Raiganj Division, P.H.E. Dte. for the purpose of office duty having jurisdiction over the entire Raiganj Division, P.H.E. Dte. in the District of Uttar Dinajpur. For 12(twelve) Month.Period for 12(Twelve) Month (01/07/2023 to 30/06/2024).</t>
+  </si>
+  <si>
+    <t>Assistant Engineer HQ</t>
+  </si>
+  <si>
+    <t>Estimator</t>
+  </si>
+  <si>
+    <t>ORD/000061/2023-2024</t>
+  </si>
+  <si>
+    <t>1724/RD/PHE</t>
+  </si>
+  <si>
+    <t>28/06/2023</t>
+  </si>
+  <si>
+    <t>28/06/2024</t>
+  </si>
+  <si>
+    <t>TAPAN KUMAR MAJUMDER NAMEDUTTA@GMAIL.COM</t>
+  </si>
+  <si>
+    <t>Implementation of MALKOT and it's adjoining mouzas Pipe Water Supply Scheme at KARANDIGHI Block of Uttar Dinajpur District under Raiganj Division.(Sinking of Tube Well, Laying of Rising Main, Laying Distribution pipe line, Providing Functional house Hold Tap Connections, OHR, Pump House at Head Work,2nd Tube Well)</t>
+  </si>
+  <si>
+    <t>Assistant Engineer ISD</t>
+  </si>
+  <si>
+    <t>Junior Engineer, ISD</t>
+  </si>
+  <si>
+    <t>ORD/000125/2023-2024</t>
+  </si>
+  <si>
+    <t>2066/RD/PHE</t>
+  </si>
+  <si>
+    <t>21/07/2023</t>
+  </si>
+  <si>
+    <t>15/10/2025</t>
+  </si>
+  <si>
+    <t>KAMIRUL SK &amp; CO.</t>
+  </si>
+  <si>
+    <t>Supply, installation, commissioning and trial operation of electro-mechanical components of T/W no. I &amp; II and Making Compound Lighting arrangement at T/W no. I Malkot Water Supply Scheme in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (TSM/018415)</t>
+  </si>
+  <si>
+    <t>Assistant Engineer - I</t>
+  </si>
+  <si>
+    <t>Junior Engineer-02</t>
+  </si>
+  <si>
+    <t>ORD/000687/2023-2024</t>
+  </si>
+  <si>
+    <t>2762/MLMD</t>
+  </si>
+  <si>
+    <t>14/08/2023</t>
+  </si>
+  <si>
+    <t>24/12/2025</t>
+  </si>
+  <si>
+    <t>BEE GEE CONSTRUCTION.</t>
+  </si>
+  <si>
+    <t>Continuation Order Hiring of well-maintained Diesel Maxi Cab (Vehicle no.WB 59C 4762) having Luxury Taxi Permit for contract carriage (Non-A.C.) for the office ofthe Executive Engineer, Raiganj Division, P.H.E. Dte. for the purpose of office duty having jurisdiction over the entireRaiganj Division, P.H.E. Dte. in the District of Uttar Dinajpur. Period for 01/07/2024 to 14/01/2025.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer HQ,Assistant Engineer ISD,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
+  </si>
+  <si>
+    <t>ORD/000408/2024-2025</t>
+  </si>
+  <si>
+    <t>1981/RD/PHE</t>
+  </si>
+  <si>
+    <t>29/06/2024</t>
+  </si>
+  <si>
+    <t>13/01/2025</t>
+  </si>
+  <si>
+    <t>Construction of concrete pathway at Head Work Site Pump House &amp; 2nd TW Site Pump House for Malkot Piped Water Supply Scheme under Islampur Sub-Division PHED under Raiganj Division, PHE Dte.,U/D. (2nd Call)</t>
+  </si>
+  <si>
+    <t>ORD/000381/2025-2026</t>
+  </si>
+  <si>
+    <t>2041/RD/PHE</t>
+  </si>
+  <si>
+    <t>09/07/2025</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>PRIYA CONSTRUCTION</t>
+  </si>
+  <si>
     <t>Additional pipeline and other ancillary works at Malkot piped water Supply Scheme Under Islampur Sub-Division under Raiganj Division, P.H.E Dte. (2nd Call)</t>
   </si>
   <si>
-    <t>Assistant Engineer HQ,Assistant Engineer ISD,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
-[...1 lines deleted...]
-  <si>
     <t>ORD/000250/2025-2026</t>
   </si>
   <si>
     <t>2040/RD/PHE</t>
   </si>
   <si>
-    <t>09/07/2025</t>
-[...4 lines deleted...]
-  <si>
     <t>M/S CHOUDHURY CONSTRUCTION</t>
-  </si>
-[...97 lines deleted...]
-    <t>13/01/2025</t>
   </si>
   <si>
     <t>Designing, Supplying, Febrication, Erection on suitable RCC foundation, commissioning with 3(three) months Trial Run (including cost of routine testing of water sample and flow/hr for performance evaluation) of pressure type Iron Removal Plant as per design norms of CPHEEO(latest) with necessary accessories for Malkot Water Supply Scheme at Karandighi Block under Raiganj Division, P.H.E. Dte. Dist:- Uttar Dinajpur, Capacity- 80 M3/hr.</t>
   </si>
   <si>
     <t>ORD/000299/2025-2026</t>
   </si>
   <si>
     <t>1929/RD/PHE</t>
   </si>
   <si>
     <t>30/06/2025</t>
   </si>
   <si>
     <t>27/12/2025</t>
   </si>
   <si>
     <t>AJIT PRAMANIK</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
@@ -1022,423 +1022,423 @@
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H6" s="13" t="s">
         <v>40</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>41</v>
       </c>
-      <c r="J6" s="13"/>
+      <c r="J6" s="13" t="s">
+        <v>42</v>
+      </c>
       <c r="K6" s="4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="L6" s="4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="M6" s="4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="N6" s="4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="O6" s="4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="P6" s="4">
-        <v>43.33</v>
+        <v>4.8</v>
       </c>
       <c r="Q6" s="4">
         <v>0</v>
       </c>
       <c r="R6" s="4">
         <v>0</v>
       </c>
       <c r="S6" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H7" s="13" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="I7" s="13" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="J7" s="13"/>
+        <v>49</v>
+      </c>
+      <c r="J7" s="13" t="s">
+        <v>50</v>
+      </c>
       <c r="K7" s="4" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="P7" s="4">
-        <v>20.46</v>
+        <v>449.37</v>
       </c>
       <c r="Q7" s="4">
-        <v>0</v>
+        <v>130.15</v>
       </c>
       <c r="R7" s="4">
-        <v>0</v>
+        <v>28.96</v>
       </c>
       <c r="S7" s="4">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H8" s="13" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="I8" s="13" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="J8" s="13" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="K8" s="4" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="L8" s="4" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="M8" s="4" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="N8" s="4" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="O8" s="4" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="P8" s="4">
-        <v>4.8</v>
+        <v>25.45</v>
       </c>
       <c r="Q8" s="4">
-        <v>0</v>
+        <v>16.92</v>
       </c>
       <c r="R8" s="4">
-        <v>0</v>
+        <v>66.49</v>
       </c>
       <c r="S8" s="4">
-        <v>100</v>
+        <v>88</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="13" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="I9" s="13" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="J9" s="13" t="s">
-        <v>61</v>
+        <v>42</v>
       </c>
       <c r="K9" s="4" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="L9" s="4" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="M9" s="4" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="N9" s="4" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="O9" s="4" t="s">
-        <v>66</v>
+        <v>47</v>
       </c>
       <c r="P9" s="4">
-        <v>449.37</v>
+        <v>2.6</v>
       </c>
       <c r="Q9" s="4">
-        <v>130.15</v>
+        <v>0.38</v>
       </c>
       <c r="R9" s="4">
-        <v>28.96</v>
+        <v>14.61</v>
       </c>
       <c r="S9" s="4">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="13" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="I10" s="13" t="s">
-        <v>68</v>
-[...3 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="L10" s="4" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="M10" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="N10" s="4" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="O10" s="4" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="P10" s="4">
-        <v>25.45</v>
+        <v>20.46</v>
       </c>
       <c r="Q10" s="4">
-        <v>16.92</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>66.49</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
-        <v>88</v>
+        <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H11" s="13" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="I11" s="13" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="L11" s="4" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="M11" s="4" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="N11" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="O11" s="4" t="s">
         <v>79</v>
       </c>
-      <c r="O11" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P11" s="4">
-        <v>2.6</v>
+        <v>43.33</v>
       </c>
       <c r="Q11" s="4">
-        <v>0.38</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>14.61</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H12" s="13" t="s">
         <v>80</v>
       </c>
       <c r="I12" s="13" t="s">
-        <v>41</v>
+        <v>65</v>
       </c>
       <c r="J12" s="13"/>
       <c r="K12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>83</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>84</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>85</v>
       </c>
       <c r="P12" s="4">
         <v>32.36</v>
       </c>
       <c r="Q12" s="4">
         <v>0</v>
       </c>
       <c r="R12" s="4">
         <v>0</v>