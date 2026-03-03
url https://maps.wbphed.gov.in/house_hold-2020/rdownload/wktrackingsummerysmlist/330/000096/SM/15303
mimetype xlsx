--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1107,54 +1107,54 @@
       <c r="I7" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>50</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P7" s="4">
         <v>449.37</v>
       </c>
       <c r="Q7" s="4">
-        <v>130.15</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>28.96</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>30</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1170,54 +1170,54 @@
       <c r="I8" s="13" t="s">
         <v>57</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>58</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P8" s="4">
         <v>25.45</v>
       </c>
       <c r="Q8" s="4">
-        <v>16.92</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>66.49</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>88</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1233,54 +1233,54 @@
       <c r="I9" s="13" t="s">
         <v>65</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P9" s="4">
         <v>2.6</v>
       </c>
       <c r="Q9" s="4">
-        <v>0.38</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>14.61</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1450,54 +1450,54 @@
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="7" t="s">
         <v>86</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="11"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8">
         <v>634.52</v>
       </c>
       <c r="P13" s="8">
-        <v>147.45</v>
+        <v>0</v>
       </c>
       <c r="Q13" s="8">
-        <v>23.24</v>
+        <v>0</v>
       </c>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>