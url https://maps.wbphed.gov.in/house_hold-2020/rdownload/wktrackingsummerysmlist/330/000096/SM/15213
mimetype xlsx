--- v0 (2025-12-14)
+++ v1 (2026-01-12)
@@ -125,51 +125,51 @@
   <si>
     <t>02/03/2023</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
     <t>Implementation of DHAUTA and it's adjoining mouzas Pipe Water Supply Scheme at KARANDIGHI Block of Uttar Dinajpur District under Raiganj Division.(Sinking of Tube Well, Laying of Rising Main, Laying Distribution pipe line, Providing Functional house Hold Tap Connections, OHR, Pump House at Head Work,2nd Tube Well)</t>
   </si>
   <si>
     <t>Assistant Engineer ISD</t>
   </si>
   <si>
     <t>Junior Engineer, ISD</t>
   </si>
   <si>
     <t>ORD/000360/2023-2024</t>
   </si>
   <si>
     <t>2476/RD/PHE</t>
   </si>
   <si>
     <t>24/08/2023</t>
   </si>
   <si>
-    <t>01/08/2024</t>
+    <t>29/03/2025</t>
   </si>
   <si>
     <t>AJIT PRAMANIK AJITPRAMANICK82@GMAIL.COM</t>
   </si>
   <si>
     <t>Malda Mechanical</t>
   </si>
   <si>
     <t>Quotation for new service connection at DHAUTA PH-I (Karandighi ccc) in the district of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (SM/15213).</t>
   </si>
   <si>
     <t>BILL/01105/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-268</t>
   </si>
   <si>
     <t>05/06/2024</t>
   </si>
   <si>
     <t>W.B.S.E.D.C.LTD</t>
   </si>
   <si>
     <t>Quotation for new service connection at DHAUTA PH-II (Karandighi ccc) in the district of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (SM/15213).</t>
   </si>