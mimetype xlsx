--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -878,54 +878,54 @@
       <c r="I4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>448.76</v>
       </c>
       <c r="Q4" s="4">
-        <v>144.11</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>32.11</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>62</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1217,54 +1217,54 @@
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="7" t="s">
         <v>70</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="11"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8">
         <v>655.12</v>
       </c>
       <c r="P10" s="8">
-        <v>144.11</v>
+        <v>0</v>
       </c>
       <c r="Q10" s="8">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>