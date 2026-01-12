--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -146,51 +146,51 @@
   <si>
     <t>W.B.S.E.D.C.LTD</t>
   </si>
   <si>
     <t>Sinking of Tube Well, laying of rising main &amp; distribution system, providing FHTC ,Construction of Over Head Reservoir over Pile / Raft Foundation including subsoil investigation, construction of Pump House, Chlorine room, Boundary Wall &amp; Approach Road and allied works for 25 nos. Piped water supply Schemes within GOALPOKHAR-II Dev. Block of Uttar Dinajpur District under Raiganj Division ,PHE Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer ISD</t>
   </si>
   <si>
     <t>JUNIOR ENGINEER,Junior Engineer, ISD</t>
   </si>
   <si>
     <t>ORD/000374/2023-2024</t>
   </si>
   <si>
     <t>2590/RD/PHE</t>
   </si>
   <si>
     <t>11/09/2023</t>
   </si>
   <si>
     <t>29/11/2025</t>
   </si>
   <si>
-    <t>M/S GHOSH AND CO.</t>
+    <t>GHOSH &amp; BROTHERS DEVCON PRIVATE LIMITED</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components at T/W no. I &amp; II and making compound lighting arrangement at T/W no. I of Basatpur Water Supply Scheme in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (TSM/016384)</t>
   </si>
   <si>
     <t>Assistant Engineer - I</t>
   </si>
   <si>
     <t>Junior Engineer-02</t>
   </si>
   <si>
     <t>ORD/002475/2023-2024</t>
   </si>
   <si>
     <t>99/MLMD</t>
   </si>
   <si>
     <t>11/01/2024</t>
   </si>
   <si>
     <t>28/12/2025</t>
   </si>
   <si>
     <t>DIPALI CONSTRUCTION.</t>
   </si>