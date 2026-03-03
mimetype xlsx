--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -946,54 +946,54 @@
       <c r="I5" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P5" s="4">
         <v>12931.07</v>
       </c>
       <c r="Q5" s="4">
-        <v>242.49</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>1.88</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>35</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1228,54 +1228,54 @@
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="7" t="s">
         <v>73</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="11"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8">
         <v>13129.47</v>
       </c>
       <c r="P10" s="8">
-        <v>242.49</v>
+        <v>0</v>
       </c>
       <c r="Q10" s="8">
-        <v>1.85</v>
+        <v>0</v>
       </c>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>