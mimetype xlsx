--- v0 (2025-12-14)
+++ v1 (2026-01-12)
@@ -134,114 +134,114 @@
   <si>
     <t>BILL/00737/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-213</t>
   </si>
   <si>
     <t>22/05/2024</t>
   </si>
   <si>
     <t>W.B.S.E.D.C.LTD</t>
   </si>
   <si>
     <t>Additional Quotation for TW No-III of Bhatol water supply scheme in the district of Uttar Dinajpur.</t>
   </si>
   <si>
     <t>BILL/02265/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-545</t>
   </si>
   <si>
     <t>01/10/2024</t>
   </si>
   <si>
+    <t>Augmentation of Bhatol and it's adjoining mouzas Pipe Water Supply Scheme at RAIGANJ Block of Uttar Dinajpur District under Raiganj Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer RSD</t>
+  </si>
+  <si>
+    <t>Junior Engineer, RSD</t>
+  </si>
+  <si>
+    <t>ORD/000304/2022-2023</t>
+  </si>
+  <si>
+    <t>553/RD/PHE</t>
+  </si>
+  <si>
+    <t>23/02/2023</t>
+  </si>
+  <si>
+    <t>01/10/2025</t>
+  </si>
+  <si>
+    <t>KAMIRUL SK &amp; CO.</t>
+  </si>
+  <si>
+    <t>Supply, installation &amp; commissioning of electro-mechanical components of T/W no. I &amp; II and Supply, installation, commissioning, Trial operation T/W no-III and making compound lighting arrangement at Headwork site of Augmentation of Bhatol Water Supply Scheme in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (TSM/011426)</t>
+  </si>
+  <si>
+    <t>Assistant Engineer - I</t>
+  </si>
+  <si>
+    <t>Junior Engineer-07</t>
+  </si>
+  <si>
+    <t>ORD/001807/2023-2024</t>
+  </si>
+  <si>
+    <t>3694/MLMD</t>
+  </si>
+  <si>
+    <t>29/11/2023</t>
+  </si>
+  <si>
+    <t>14/09/2025</t>
+  </si>
+  <si>
+    <t>DEY ENTERPRISE..</t>
+  </si>
+  <si>
     <t>Balance pipe line for providing functional household tap connection (FHTC), approach road with land development of headwork site &amp; 2nd tubewell site and road restoration of Bhatol PWSS at Raiganj Block under Raiganj Division, PHE Dte., Uttar Dinajpur. (2nd Call)</t>
   </si>
   <si>
     <t>Assistant Engineer HQ,Assistant Engineer ISD,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
   </si>
   <si>
     <t>ORD/000248/2025-2026</t>
   </si>
   <si>
     <t>2035/RD/PHE</t>
   </si>
   <si>
     <t>09/07/2025</t>
   </si>
   <si>
     <t>05/01/2026</t>
-  </si>
-[...46 lines deleted...]
-    <t>DEY ENTERPRISE..</t>
   </si>
   <si>
     <t>Designing, Supplying, Febrication, Erection on suitable RCC foundation, commissioning with 3(three) months Trial Run (including cost of routine testing of water sample and flow/hr for performance evaluation) of pressure type Iron Removal Plant as per design norms of CPHEEO(latest) with necessary accessories for Bhatol Water Supply Scheme(Augmentation) at Raiganj Block under Raiganj Division, P.H.E. Dte. Dist:- Uttar Dinajpur, Capacity- 40 M3/hr.</t>
   </si>
   <si>
     <t>ORD/000281/2025-2026</t>
   </si>
   <si>
     <t>1800/RD/PHE</t>
   </si>
   <si>
     <t>24/06/2025</t>
   </si>
   <si>
     <t>21/12/2025</t>
   </si>
   <si>
     <t>M/S LOKENATH CONSTRUCTION (SUDARSHANPUR)</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
@@ -960,230 +960,230 @@
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H6" s="13" t="s">
         <v>40</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>41</v>
       </c>
-      <c r="J6" s="13"/>
+      <c r="J6" s="13" t="s">
+        <v>42</v>
+      </c>
       <c r="K6" s="4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="L6" s="4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="M6" s="4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="N6" s="4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="O6" s="4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="P6" s="4">
-        <v>46.67</v>
+        <v>502.82</v>
       </c>
       <c r="Q6" s="4">
-        <v>0</v>
+        <v>241.48</v>
       </c>
       <c r="R6" s="4">
-        <v>0</v>
+        <v>48.03</v>
       </c>
       <c r="S6" s="4">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H7" s="13" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="I7" s="13" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="J7" s="13" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="K7" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="P7" s="4">
-        <v>502.82</v>
+        <v>34.56</v>
       </c>
       <c r="Q7" s="4">
-        <v>241.48</v>
+        <v>20.7</v>
       </c>
       <c r="R7" s="4">
-        <v>48.03</v>
+        <v>59.89</v>
       </c>
       <c r="S7" s="4">
-        <v>5</v>
+        <v>62</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H8" s="13" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="I8" s="13" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="L8" s="4" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="M8" s="4" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="N8" s="4" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="O8" s="4" t="s">
-        <v>61</v>
+        <v>47</v>
       </c>
       <c r="P8" s="4">
-        <v>34.56</v>
+        <v>46.67</v>
       </c>
       <c r="Q8" s="4">
-        <v>20.7</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>59.89</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
-        <v>62</v>
+        <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H9" s="13" t="s">
         <v>62</v>
       </c>
       <c r="I9" s="13" t="s">
-        <v>41</v>
+        <v>57</v>
       </c>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P9" s="4">
         <v>18.73</v>
       </c>
       <c r="Q9" s="4">
         <v>0</v>
       </c>
       <c r="R9" s="4">
         <v>0</v>