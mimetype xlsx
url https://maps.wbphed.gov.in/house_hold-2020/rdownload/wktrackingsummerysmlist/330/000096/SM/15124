--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -982,54 +982,54 @@
       <c r="I6" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P6" s="4">
         <v>502.82</v>
       </c>
       <c r="Q6" s="4">
-        <v>241.48</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>48.03</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>5</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1043,54 +1043,54 @@
       <c r="I7" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>50</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P7" s="4">
         <v>34.56</v>
       </c>
       <c r="Q7" s="4">
-        <v>20.7</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>59.89</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>62</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1195,54 +1195,54 @@
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="7" t="s">
         <v>68</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="11"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8">
         <v>663.45</v>
       </c>
       <c r="P10" s="8">
-        <v>262.18</v>
+        <v>0</v>
       </c>
       <c r="Q10" s="8">
-        <v>39.52</v>
+        <v>0</v>
       </c>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>