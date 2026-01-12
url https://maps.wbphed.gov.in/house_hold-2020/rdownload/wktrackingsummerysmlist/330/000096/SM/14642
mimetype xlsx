--- v0 (2025-12-14)
+++ v1 (2026-01-12)
@@ -149,51 +149,51 @@
   <si>
     <t>Resource Division</t>
   </si>
   <si>
     <t>Malda Mechanical</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components of T/W no- I,II &amp; Making compound yard lighting arrangement at T/W no- I of BASRATPUR Water Supply Scheme in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (TSM/016824)</t>
   </si>
   <si>
     <t>Assistant Engineer - I</t>
   </si>
   <si>
     <t>Junior Engineer-02</t>
   </si>
   <si>
     <t>ORD/000402/2023-2024</t>
   </si>
   <si>
     <t>2438/MLMD</t>
   </si>
   <si>
     <t>04/08/2023</t>
   </si>
   <si>
-    <t>29/09/2025</t>
+    <t>27/01/2026</t>
   </si>
   <si>
     <t>HANNAN BUILDERS PVT. LTD.</t>
   </si>
   <si>
     <t>Work Order for hiring charges of vehicle with fuel, hired for site works of Raiganj Division, P.H.E. Dte. for the period from 20.05.2024 to 22.05.2024 and 24.05.2024.</t>
   </si>
   <si>
     <t>BILL/00132/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-95</t>
   </si>
   <si>
     <t>28/06/2024</t>
   </si>
   <si>
     <t>M/S DILWAR HOSAIN</t>
   </si>
   <si>
     <t>Quotation for new service connection at BASRATPUR PH-I (Itahar ccc) in the district of Uttar Dinajpur under Malda Mechanical Division, PHE Dte.</t>
   </si>
   <si>
     <t>BILL/03742/2023-2024</t>
   </si>