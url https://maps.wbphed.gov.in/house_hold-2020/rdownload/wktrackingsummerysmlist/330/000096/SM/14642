--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -200,51 +200,51 @@
   <si>
     <t>BP-2023-24-690</t>
   </si>
   <si>
     <t>15/03/2024</t>
   </si>
   <si>
     <t>W.B.S.E.D.C.LTD</t>
   </si>
   <si>
     <t>Work Order for hiring charges of vehicle with fuel, hired for site works of Raiganj Division, P.H.E. Dte. for the period from 27.05.2024 to 31.05.2024.</t>
   </si>
   <si>
     <t>BILL/00133/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-96</t>
   </si>
   <si>
     <t>Implementation of BASRATPUR and it's adjoining mouzas Pipe Water Supply Scheme at ITAHAR Block of Uttar Dinajpur District under Raiganj Division, PHE Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer HQ,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
   </si>
   <si>
-    <t>Junior Engineer RWS HQ,Junior Engineer, RSD</t>
+    <t>Junior Engineer RWS HQ,Junior Engineer, RSD ,Junior Engineer, RWS</t>
   </si>
   <si>
     <t>ORD/000574/2022-2023</t>
   </si>
   <si>
     <t>566/RD/PHE</t>
   </si>
   <si>
     <t>23/02/2023</t>
   </si>
   <si>
     <t>23/02/2024</t>
   </si>
   <si>
     <t>M/S LOKENATH CONSTRUCTION</t>
   </si>
   <si>
     <t>Continuation Order Hiring of well-maintained Diesel Maxi Cab (Non-A.C., Vehicle no. WB59C 0644) for the office of the Assistant Engineer, RWS Raiganj Sub-Division, P.H.E. Dte. for the purpose of office duty having jurisdiction over the entire RWS Raiganj Sub-Division, P.H.E. Dte. under Raiganj Division, P.H.E. Dte. in the District of Uttar Dinajpur. Period for 01/07/2024 to 14/01/2025.</t>
   </si>
   <si>
     <t>Assistant Engineer RWS SD</t>
   </si>
   <si>
     <t>Junior Engineer RWS HQ,Junior Engineer, RWS</t>
   </si>
@@ -907,54 +907,54 @@
         <v>26</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>47.87</v>
       </c>
       <c r="Q3" s="4">
-        <v>5.06</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>10.58</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1029,54 +1029,54 @@
       <c r="I5" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P5" s="4">
         <v>25.52</v>
       </c>
       <c r="Q5" s="4">
-        <v>18.4</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>72.08</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>72</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1269,54 +1269,54 @@
       <c r="I9" s="13" t="s">
         <v>61</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>62</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P9" s="4">
         <v>352.8</v>
       </c>
       <c r="Q9" s="4">
-        <v>107.28</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>30.41</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>20</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1616,54 +1616,54 @@
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>100</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>593.62</v>
       </c>
       <c r="P15" s="8">
-        <v>130.74</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="8">
-        <v>22.02</v>
+        <v>0</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>