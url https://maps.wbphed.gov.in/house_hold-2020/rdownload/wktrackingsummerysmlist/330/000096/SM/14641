--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -197,51 +197,51 @@
   <si>
     <t>15/12/2024</t>
   </si>
   <si>
     <t>MITALI CONSTRUCTION</t>
   </si>
   <si>
     <t>Quotation for new service connection at Chandigram PH-I (Itahar ccc)</t>
   </si>
   <si>
     <t>BILL/03516/2023-2024</t>
   </si>
   <si>
     <t>BP-2023-24-536</t>
   </si>
   <si>
     <t>15/02/2024</t>
   </si>
   <si>
     <t>W.B.S.E.D.C.LTD</t>
   </si>
   <si>
     <t>Implementation of CHANDIGRAM and it's adjoining mouzas Pipe Water Supply Scheme at ITAHAR Block of Uttar Dinajpur District under Raiganj Division, PHE Dte.</t>
   </si>
   <si>
-    <t>Junior Engineer RWS HQ,Junior Engineer, RSD</t>
+    <t>Junior Engineer RWS HQ,Junior Engineer, RSD ,Junior Engineer, RWS</t>
   </si>
   <si>
     <t>ORD/000317/2022-2023</t>
   </si>
   <si>
     <t>568/RD/PHE</t>
   </si>
   <si>
     <t>23/02/2023</t>
   </si>
   <si>
     <t>22/08/2024</t>
   </si>
   <si>
     <t>UNIVERSAL ENGINEERS CO-OPERATIVE SOCIETY LTD.</t>
   </si>
   <si>
     <t>Construction of Approach Road,Laying of Pipe Line,Fhtc And other Allied Works of Chandigram Pwss Within Itahar Block Under Raiganj Division P.H.E. Dte., Raiganj, Uttar Dinajpur.</t>
   </si>
   <si>
     <t>Assistant Engineer ISD,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
   </si>
   <si>
     <t>ORD/000392/2024-2025</t>
   </si>
@@ -871,54 +871,54 @@
         <v>26</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>47.87</v>
       </c>
       <c r="Q3" s="4">
-        <v>5.28</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>11.03</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -993,54 +993,54 @@
       <c r="I5" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P5" s="4">
         <v>25.79</v>
       </c>
       <c r="Q5" s="4">
-        <v>19.81</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>76.82</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>77</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1056,54 +1056,54 @@
       <c r="I6" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>49</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P6" s="4">
         <v>24.47</v>
       </c>
       <c r="Q6" s="4">
-        <v>10.98</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>44.88</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>60</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1178,54 +1178,54 @@
       <c r="I8" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>61</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P8" s="4">
         <v>381.9</v>
       </c>
       <c r="Q8" s="4">
-        <v>146.43</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>38.34</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>40</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1304,54 +1304,54 @@
       <c r="I10" s="13" t="s">
         <v>75</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>76</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P10" s="4">
         <v>2.6</v>
       </c>
       <c r="Q10" s="4">
-        <v>0.4</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>15.37</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1399,54 +1399,54 @@
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="7" t="s">
         <v>88</v>
       </c>
       <c r="B12" s="7"/>
       <c r="C12" s="7"/>
       <c r="D12" s="7"/>
       <c r="E12" s="11"/>
       <c r="F12" s="7"/>
       <c r="G12" s="7"/>
       <c r="H12" s="14"/>
       <c r="I12" s="14"/>
       <c r="J12" s="14"/>
       <c r="K12" s="8"/>
       <c r="L12" s="8"/>
       <c r="M12" s="8"/>
       <c r="N12" s="8"/>
       <c r="O12" s="8">
         <v>628.52</v>
       </c>
       <c r="P12" s="8">
-        <v>182.91</v>
+        <v>0</v>
       </c>
       <c r="Q12" s="8">
-        <v>29.1</v>
+        <v>0</v>
       </c>
       <c r="R12" s="8"/>
       <c r="S12" s="8"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A12:N12"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>