--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -203,111 +203,111 @@
   <si>
     <t>BP-2024-25-91</t>
   </si>
   <si>
     <t>SUBMISSION OF DETAILED ESTIMATE &amp; DEMAND FOR PLACING NECESSARY FUND UNDER DIFFERENT PWSS</t>
   </si>
   <si>
     <t>BILL/01217/2023-2024</t>
   </si>
   <si>
     <t>BP-2024-25-25</t>
   </si>
   <si>
     <t>24/04/2024</t>
   </si>
   <si>
     <t>EXECUTIVE ENGINEER PWD ROADS</t>
   </si>
   <si>
     <t>Implementation of DHAMDOL and it's adjoining mouzas Pipe Water Supply Scheme at ITAHAR Block of Uttar Dinajpur District under RaiganjDivision, PHE Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer HQ,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
   </si>
   <si>
-    <t>Junior Engineer RWS HQ,Junior Engineer, RSD</t>
+    <t>Junior Engineer RWS HQ,Junior Engineer, RSD ,Junior Engineer, RWS</t>
   </si>
   <si>
     <t>ORD/000311/2022-2023</t>
   </si>
   <si>
     <t>565/RD/PHE</t>
   </si>
   <si>
     <t>23/02/2023</t>
   </si>
   <si>
-    <t>22/08/2024</t>
+    <t>22/08/2025</t>
   </si>
   <si>
     <t>M/S LOKENATH CONSTRUCTION</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components of T/W no- I,II &amp; Making compound yard lighting arrangement at T/W no- I of DHAMDHOL Water Supply Scheme in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte (TSM/016124)</t>
   </si>
   <si>
     <t>Assistant Engineer - I</t>
   </si>
   <si>
     <t>Junior Engineer-02</t>
   </si>
   <si>
     <t>ORD/001834/2023-2024</t>
   </si>
   <si>
     <t>3632/MLMD</t>
   </si>
   <si>
     <t>23/11/2023</t>
   </si>
   <si>
-    <t>29/09/2025</t>
+    <t>28/03/2026</t>
   </si>
   <si>
     <t>DILIP MAHATO.</t>
   </si>
   <si>
     <t>Construction Of Approach Road, Laying of Pipe Line And Other Allied Works Of Dhamdhol PWSS Within Itahar Block Under Raiganj Division P.H.E. Dte., Raiganj, Uttar Dinajpur.</t>
   </si>
   <si>
     <t>Assistant Engineer ISD,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
   </si>
   <si>
     <t>Junior Engineer RWS HQ</t>
   </si>
   <si>
     <t>ORD/000391/2024-2025</t>
   </si>
   <si>
     <t>3561/RD/PHE</t>
   </si>
   <si>
     <t>05/12/2024</t>
   </si>
   <si>
-    <t>06/03/2025</t>
+    <t>02/09/2025</t>
   </si>
   <si>
     <t>M/S LOKENATH CONSTRUCTION (SUDARSHANPUR)</t>
   </si>
   <si>
     <t>Hiring of Additional well-maintained Diesel Maxi Cab (Non-A.C.) for the office of the Assistant Engineer, Raiganj Sub-Division, P.H.E. Dte. for the purpose of supervision of JJM works having jurisdiction over the entire Raiganj Sub-Division, P.H.E. Dte. under Raiganj Division, P.H.E. Dte. in the District of Uttar Dinajpur. For 12 months (Period from 17.10.2023 to 16.10.2024)</t>
   </si>
   <si>
     <t>Junior Engineer, RSD</t>
   </si>
   <si>
     <t>ORD/000627/2023-2024</t>
   </si>
   <si>
     <t>2876/RD/PHE</t>
   </si>
   <si>
     <t>17/10/2023</t>
   </si>
   <si>
     <t>17/10/2024</t>
   </si>
   <si>
     <t>ARNAB DUTTA</t>
   </si>
@@ -901,54 +901,54 @@
         <v>26</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>47.87</v>
       </c>
       <c r="Q3" s="4">
-        <v>4.23</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>8.84</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1318,54 +1318,54 @@
       <c r="I10" s="13" t="s">
         <v>62</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>63</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P10" s="4">
         <v>300.71</v>
       </c>
       <c r="Q10" s="4">
-        <v>142.34</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>47.34</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>40</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>43</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1381,54 +1381,54 @@
       <c r="I11" s="13" t="s">
         <v>70</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>71</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="P11" s="4">
         <v>25.51</v>
       </c>
       <c r="Q11" s="4">
-        <v>18.02</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>70.65</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>83</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1507,54 +1507,54 @@
       <c r="I13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>86</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>87</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>88</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>89</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>90</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>91</v>
       </c>
       <c r="P13" s="4">
         <v>4.8</v>
       </c>
       <c r="Q13" s="4">
-        <v>0.4</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>8.23</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1602,54 +1602,54 @@
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>98</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>514.32</v>
       </c>
       <c r="P15" s="8">
-        <v>164.99</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="8">
-        <v>32.08</v>
+        <v>0</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>