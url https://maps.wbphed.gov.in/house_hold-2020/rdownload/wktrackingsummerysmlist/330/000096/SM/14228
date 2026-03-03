--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -168,50 +168,68 @@
     <t>17/08/2023</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
     <t>Construction of Boundary Wall Laying Distribution, Providing FHTC, Pump House in connection with Source Augmentation of Gunabari Piped Water Supply Scheme of Islampur Block in the District of Uttar Dinajpur under Raiganj Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>Junior Engineer, ISD</t>
   </si>
   <si>
     <t>ORD/000190/2022-2023</t>
   </si>
   <si>
     <t>58/RD/PHE</t>
   </si>
   <si>
     <t>16/01/2023</t>
   </si>
   <si>
     <t>31/07/2024</t>
   </si>
   <si>
     <t>JEET CONSTRUCTION UKILPARA CTNJIT38@GMAIL.COM</t>
+  </si>
+  <si>
+    <t>Supply, installation, commissioning and trial operation of electro-mechanical components at T/W no. III of Gunabari Water Supply Scheme in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (TSM/016494)</t>
+  </si>
+  <si>
+    <t>ORD/000553/2023-2024</t>
+  </si>
+  <si>
+    <t>2504/MLMD</t>
+  </si>
+  <si>
+    <t>04/08/2023</t>
+  </si>
+  <si>
+    <t>29/07/2024</t>
+  </si>
+  <si>
+    <t>BASUDEV GHOSH.</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -600,51 +618,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W7"/>
+  <dimension ref="A1:W8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="54.129639" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -761,54 +779,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>42.57</v>
       </c>
       <c r="Q3" s="4">
-        <v>10.2</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>23.96</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -822,54 +840,54 @@
       <c r="I4" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="L4" s="4">
         <v>4003268843</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P4" s="4">
         <v>4.53</v>
       </c>
       <c r="Q4" s="4">
-        <v>4.53</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -940,101 +958,162 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>46</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P6" s="4">
         <v>17.58</v>
       </c>
       <c r="Q6" s="4">
-        <v>11.25</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>63.96</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
-      <c r="A7" s="7" t="s">
+      <c r="A7" s="3">
+        <v>5</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C7" s="3"/>
+      <c r="D7" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E7" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H7" s="13" t="s">
         <v>52</v>
       </c>
-      <c r="B7" s="7"/>
-[...22 lines deleted...]
-      <c r="S7" s="8"/>
+      <c r="I7" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="J7" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="K7" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="L7" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="M7" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="N7" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="O7" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" s="4">
+        <v>10.9</v>
+      </c>
+      <c r="Q7" s="4">
+        <v>0</v>
+      </c>
+      <c r="R7" s="4">
+        <v>0</v>
+      </c>
+      <c r="S7" s="4">
+        <v>100</v>
+      </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
+    <row r="8" spans="1:23">
+      <c r="A8" s="7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B8" s="7"/>
+      <c r="C8" s="7"/>
+      <c r="D8" s="7"/>
+      <c r="E8" s="11"/>
+      <c r="F8" s="7"/>
+      <c r="G8" s="7"/>
+      <c r="H8" s="14"/>
+      <c r="I8" s="14"/>
+      <c r="J8" s="14"/>
+      <c r="K8" s="8"/>
+      <c r="L8" s="8"/>
+      <c r="M8" s="8"/>
+      <c r="N8" s="8"/>
+      <c r="O8" s="8">
+        <v>77.99</v>
+      </c>
+      <c r="P8" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q8" s="8">
+        <v>0</v>
+      </c>
+      <c r="R8" s="8"/>
+      <c r="S8" s="8"/>
+      <c r="T8" s="1"/>
+      <c r="U8" s="1"/>
+      <c r="V8" s="1"/>
+      <c r="W8" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A7:N7"/>
+    <mergeCell ref="A8:N8"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>