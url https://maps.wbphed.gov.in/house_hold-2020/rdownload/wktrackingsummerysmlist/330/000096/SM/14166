--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -152,78 +152,78 @@
   <si>
     <t>BILL/01095/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-269</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components at T/W no. I &amp; II and making compound lighting arrangement at T/W no. I of Konal Water Supply Scheme in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (TSM/017365)</t>
   </si>
   <si>
     <t>Assistant Engineer - I</t>
   </si>
   <si>
     <t>Junior Engineer-02</t>
   </si>
   <si>
     <t>ORD/000418/2023-2024</t>
   </si>
   <si>
     <t>2445/MLMD</t>
   </si>
   <si>
     <t>04/08/2023</t>
   </si>
   <si>
-    <t>29/10/2025</t>
+    <t>26/02/2026</t>
   </si>
   <si>
     <t>ALOK ENTERPRISE, A UNIT OF SAKET TREXIM PVT. LTD..</t>
   </si>
   <si>
     <t>Sinking of Tube Well, laying of rising main &amp; distribution system, providing FHTC ,Construction of Over Head Reservoir over Pile / Raft Foundation including subsoil investigation, construction of Pump House, Chlorine room, Boundary Wall &amp; Approach Road and allied works for 25 nos. Piped water supply Schemes within GOALPOKHAR-II Dev. Block of Uttar Dinajpur District under Raiganj Division ,PHE Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer ISD</t>
   </si>
   <si>
     <t>JUNIOR ENGINEER,Junior Engineer, ISD</t>
   </si>
   <si>
     <t>ORD/000374/2023-2024</t>
   </si>
   <si>
     <t>2590/RD/PHE</t>
   </si>
   <si>
     <t>11/09/2023</t>
   </si>
   <si>
     <t>29/11/2025</t>
   </si>
   <si>
-    <t>M/S GHOSH AND CO.</t>
+    <t>GHOSH &amp; BROTHERS DEVCON PRIVATE LIMITED</t>
   </si>
   <si>
     <t>Hiring of Additional well-maintained Diesel Maxi Cab (Non-A.C.) for the office of the Assistant Engineer, Islampur Sub-Division, P.H.E. Dte. for the purpose of supervision of JJM works having jurisdiction over the entire Islampur Sub-Division, P.H.E. Dte. under Raiganj Division, P.H.E. Dte. in the District of Uttar Dinajpur.For 12(twelve) Months.</t>
   </si>
   <si>
     <t>Junior Engineer, ISD</t>
   </si>
   <si>
     <t>ORD/000578/2023-2024</t>
   </si>
   <si>
     <t>2752/RD/PHE</t>
   </si>
   <si>
     <t>05/10/2023</t>
   </si>
   <si>
     <t>05/10/2024</t>
   </si>
   <si>
     <t>SISIR KUMAR DUTTA</t>
   </si>
   <si>
     <t>Total</t>
   </si>