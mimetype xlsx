--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1038,54 +1038,54 @@
       <c r="I7" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>50</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P7" s="4">
         <v>12931.07</v>
       </c>
       <c r="Q7" s="4">
-        <v>254.54</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>1.97</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>35</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1135,54 +1135,54 @@
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="7" t="s">
         <v>63</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
       <c r="E9" s="11"/>
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
       <c r="H9" s="14"/>
       <c r="I9" s="14"/>
       <c r="J9" s="14"/>
       <c r="K9" s="8"/>
       <c r="L9" s="8"/>
       <c r="M9" s="8"/>
       <c r="N9" s="8"/>
       <c r="O9" s="8">
         <v>13029.48</v>
       </c>
       <c r="P9" s="8">
-        <v>254.54</v>
+        <v>0</v>
       </c>
       <c r="Q9" s="8">
-        <v>1.95</v>
+        <v>0</v>
       </c>
       <c r="R9" s="8"/>
       <c r="S9" s="8"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A9:N9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>