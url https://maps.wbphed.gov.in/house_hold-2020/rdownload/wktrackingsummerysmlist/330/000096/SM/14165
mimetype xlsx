--- v0 (2025-12-14)
+++ v1 (2026-01-12)
@@ -269,51 +269,51 @@
   <si>
     <t>BHOWMICK ENTERPRISE</t>
   </si>
   <si>
     <t>Malda Mechanical</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components of T/W no. I &amp; II and Making Compound Lighting arrangement and allied works at T/W No. I of Lahutara Water Supply Scheme in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (TSM/017508)</t>
   </si>
   <si>
     <t>Assistant Engineer - I</t>
   </si>
   <si>
     <t>Junior Engineer-02</t>
   </si>
   <si>
     <t>ORD/000520/2023-2024</t>
   </si>
   <si>
     <t>2516/MLMD</t>
   </si>
   <si>
     <t>04/08/2023</t>
   </si>
   <si>
-    <t>29/10/2025</t>
+    <t>26/02/2026</t>
   </si>
   <si>
     <t>TARUN KUMAR DEY</t>
   </si>
   <si>
     <t>Construction of concrete pathway at Head Work Site Pump House &amp; 2nd TW Site Pump House for LAHUTARA Piped Water Supply Scheme under Islampur Sub-Division PHED.under Raiganj Division,PHED.,U/D.</t>
   </si>
   <si>
     <t>Assistant Engineer ISD,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
   </si>
   <si>
     <t>ORD/000367/2024-2025</t>
   </si>
   <si>
     <t>3486/RD/PHE</t>
   </si>
   <si>
     <t>02/12/2024</t>
   </si>
   <si>
     <t>01/01/2025</t>
   </si>
   <si>
     <t>CHOPRA CO-OPERATIVE LABOUR CONTRACT &amp; CONSTRUCTION SOCIETY LTD.</t>
   </si>