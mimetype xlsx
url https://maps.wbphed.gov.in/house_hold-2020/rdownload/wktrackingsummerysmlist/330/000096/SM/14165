--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1478,54 +1478,54 @@
       <c r="I10" s="13" t="s">
         <v>66</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>67</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P10" s="4">
         <v>47.52</v>
       </c>
       <c r="Q10" s="4">
-        <v>11.63</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>24.47</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>75</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1541,54 +1541,54 @@
       <c r="I11" s="13" t="s">
         <v>66</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>67</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P11" s="4">
         <v>50.31</v>
       </c>
       <c r="Q11" s="4">
-        <v>42.92</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>85.31</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>70</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>78</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1604,54 +1604,54 @@
       <c r="I12" s="13" t="s">
         <v>80</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>81</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>84</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P12" s="4">
         <v>25.08</v>
       </c>
       <c r="Q12" s="4">
-        <v>19.24</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>76.73</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>77</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1787,54 +1787,54 @@
       <c r="I15" s="13" t="s">
         <v>100</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>101</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>102</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>103</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>104</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>106</v>
       </c>
       <c r="P15" s="4">
         <v>61.71</v>
       </c>
       <c r="Q15" s="4">
-        <v>19.36</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>31.38</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>60</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
@@ -2165,54 +2165,54 @@
       <c r="I21" s="13" t="s">
         <v>134</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>127</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>135</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>136</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>137</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>138</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>132</v>
       </c>
       <c r="P21" s="4">
         <v>2.6</v>
       </c>
       <c r="Q21" s="4">
-        <v>0.4</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>15.38</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>100</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>23</v>
       </c>
@@ -2262,54 +2262,54 @@
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="7" t="s">
         <v>144</v>
       </c>
       <c r="B23" s="7"/>
       <c r="C23" s="7"/>
       <c r="D23" s="7"/>
       <c r="E23" s="11"/>
       <c r="F23" s="7"/>
       <c r="G23" s="7"/>
       <c r="H23" s="14"/>
       <c r="I23" s="14"/>
       <c r="J23" s="14"/>
       <c r="K23" s="8"/>
       <c r="L23" s="8"/>
       <c r="M23" s="8"/>
       <c r="N23" s="8"/>
       <c r="O23" s="8">
         <v>619.64</v>
       </c>
       <c r="P23" s="8">
-        <v>93.54</v>
+        <v>0</v>
       </c>
       <c r="Q23" s="8">
-        <v>15.1</v>
+        <v>0</v>
       </c>
       <c r="R23" s="8"/>
       <c r="S23" s="8"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A23:N23"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>