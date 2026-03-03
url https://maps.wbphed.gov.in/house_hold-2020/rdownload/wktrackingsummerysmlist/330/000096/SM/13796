--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -282,50 +282,53 @@
     <t>Hiring of well-maintained Diesel Maxi Cab having Luxury Taxi Permit for contract carriage (Non-A.C.) for the office of the Executive Engineer, Raiganj Division, P.H.E. Dte. for the purpose of office duty having jurisdiction over the entire Raiganj Division, P.H.E. Dte. in the District of Uttar Dinajpur. For 12(twelve) Month.Period for 12(Twelve) Month (01/07/2023 to 30/06/2024).</t>
   </si>
   <si>
     <t>Assistant Engineer HQ</t>
   </si>
   <si>
     <t>Estimator</t>
   </si>
   <si>
     <t>ORD/000061/2023-2024</t>
   </si>
   <si>
     <t>1724/RD/PHE</t>
   </si>
   <si>
     <t>28/06/2023</t>
   </si>
   <si>
     <t>28/06/2024</t>
   </si>
   <si>
     <t>TAPAN KUMAR MAJUMDER NAMEDUTTA@GMAIL.COM</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components of T/W no. I, II &amp; III and Making Compound Lighting arrangement and allied works at T/W No. I of Ataghara Water Supply Scheme in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (TSM/012590)</t>
+  </si>
+  <si>
+    <t>Junior Engineer-04,Junior Engineer-07</t>
   </si>
   <si>
     <t>ORD/000608/2023-2024</t>
   </si>
   <si>
     <t>2652/MLMD</t>
   </si>
   <si>
     <t>10/08/2023</t>
   </si>
   <si>
     <t>27/01/2026</t>
   </si>
   <si>
     <t>SUBRATA SAHA</t>
   </si>
   <si>
     <t>Hiring of well-maintained Diesel Maxi Cab (Non-A.C.) for the office of the Assistant Engineer, Raiganj Sub-Division, P.H.E. Dte. for the purpose of office duty having jurisdiction over the entire Raiganj Sub-Division, P.H.E. Dte. under Raiganj Division, P.H.E. Dte. in the District of Uttar Dinajpur. For 12(twelve) Month(Period from 01.07.2023 to 30.06.2024).</t>
   </si>
   <si>
     <t>ORD/000625/2023-2024</t>
   </si>
   <si>
     <t>1722/RD/PHE</t>
   </si>
@@ -1016,54 +1019,54 @@
       <c r="I4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4">
         <v>4003202769</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>5.71</v>
       </c>
       <c r="Q4" s="4">
-        <v>5.71</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1079,54 +1082,54 @@
       <c r="I5" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4">
         <v>4003202782</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P5" s="4">
         <v>5.13</v>
       </c>
       <c r="Q5" s="4">
-        <v>5.13</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1142,54 +1145,54 @@
       <c r="I6" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P6" s="4">
         <v>892</v>
       </c>
       <c r="Q6" s="4">
-        <v>617.96</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>69.28</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>60</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1266,54 +1269,54 @@
       <c r="I8" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P8" s="4">
         <v>27.93</v>
       </c>
       <c r="Q8" s="4">
-        <v>17.91</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>64.11</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>25</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1565,399 +1568,399 @@
       <c r="I13" s="13" t="s">
         <v>82</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>83</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>87</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>88</v>
       </c>
       <c r="P13" s="4">
         <v>4.8</v>
       </c>
       <c r="Q13" s="4">
-        <v>0.78</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>16.34</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H14" s="13" t="s">
         <v>89</v>
       </c>
       <c r="I14" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J14" s="13" t="s">
-        <v>34</v>
+        <v>90</v>
       </c>
       <c r="K14" s="4" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="L14" s="4" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="M14" s="4" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="N14" s="4" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="O14" s="4" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="P14" s="4">
         <v>37.17</v>
       </c>
       <c r="Q14" s="4">
-        <v>32.69</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>87.95</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>92</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H15" s="13" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K15" s="4" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="L15" s="4" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>86</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>87</v>
       </c>
       <c r="O15" s="4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="P15" s="4">
         <v>4.8</v>
       </c>
       <c r="Q15" s="4">
-        <v>1.18</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>24.6</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H16" s="13" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="I16" s="13" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>83</v>
       </c>
       <c r="K16" s="4" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="L16" s="4" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="M16" s="4" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="N16" s="4" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>88</v>
       </c>
       <c r="P16" s="4">
         <v>2.6</v>
       </c>
       <c r="Q16" s="4">
-        <v>0.4</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>15.38</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H17" s="13" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="I17" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J17" s="13"/>
       <c r="K17" s="4" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="L17" s="4" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="M17" s="4" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="N17" s="4" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="O17" s="4" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="P17" s="4">
         <v>0.88</v>
       </c>
       <c r="Q17" s="4">
         <v>0</v>
       </c>
       <c r="R17" s="4">
         <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>0</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H18" s="13" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="I18" s="13" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="J18" s="13"/>
       <c r="K18" s="4" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="L18" s="4" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="M18" s="4" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="N18" s="4" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="O18" s="4" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="P18" s="4">
         <v>36.38</v>
       </c>
       <c r="Q18" s="4">
         <v>0</v>
       </c>
       <c r="R18" s="4">
         <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>0</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="7" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B19" s="7"/>
       <c r="C19" s="7"/>
       <c r="D19" s="7"/>
       <c r="E19" s="11"/>
       <c r="F19" s="7"/>
       <c r="G19" s="7"/>
       <c r="H19" s="14"/>
       <c r="I19" s="14"/>
       <c r="J19" s="14"/>
       <c r="K19" s="8"/>
       <c r="L19" s="8"/>
       <c r="M19" s="8"/>
       <c r="N19" s="8"/>
       <c r="O19" s="8">
         <v>1106.49</v>
       </c>
       <c r="P19" s="8">
-        <v>681.76</v>
+        <v>0</v>
       </c>
       <c r="Q19" s="8">
-        <v>61.61</v>
+        <v>0</v>
       </c>
       <c r="R19" s="8"/>
       <c r="S19" s="8"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A19:N19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>