--- v0 (2025-12-14)
+++ v1 (2026-01-12)
@@ -167,51 +167,51 @@
   <si>
     <t>UNIVERSAL ENGINEERS CO-OPERATIVE SOCIETY LTD.</t>
   </si>
   <si>
     <t>Malda Mechanical</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components at T/W no. I &amp; II and making compound lighting arrangement at T/W no. I of Khabargaon Water Supply Scheme in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (TSM/015710)</t>
   </si>
   <si>
     <t>Assistant Engineer - I</t>
   </si>
   <si>
     <t>Junior Engineer-02</t>
   </si>
   <si>
     <t>ORD/000514/2023-2024</t>
   </si>
   <si>
     <t>2511/MLMD</t>
   </si>
   <si>
     <t>04/08/2023</t>
   </si>
   <si>
-    <t>29/10/2025</t>
+    <t>26/02/2026</t>
   </si>
   <si>
     <t>SUBHAS CHANDRA KESHORI</t>
   </si>
   <si>
     <t>Construction of Boundary Wall With Gate at Head Work Site &amp; 2nd Tube-Well Site under KHABARGAON PWSS at Islampur Block under Raiganj Division, PHE Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer HQ,Assistant Engineer ISD,Assistant Engineer RWS SD</t>
   </si>
   <si>
     <t>ORD/000492/2023-2024</t>
   </si>
   <si>
     <t>608/RD/PHE</t>
   </si>
   <si>
     <t>05/03/2024</t>
   </si>
   <si>
     <t>19/04/2024</t>
   </si>
   <si>
     <t>DUTTA BUILDERS</t>
   </si>