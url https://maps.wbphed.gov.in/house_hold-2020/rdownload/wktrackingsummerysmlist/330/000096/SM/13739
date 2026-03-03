--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -940,54 +940,54 @@
       <c r="I5" s="13" t="s">
         <v>37</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>38</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P5" s="4">
         <v>496.73</v>
       </c>
       <c r="Q5" s="4">
-        <v>141.72</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>28.53</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>50</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>44</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1003,54 +1003,54 @@
       <c r="I6" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P6" s="4">
         <v>28.32</v>
       </c>
       <c r="Q6" s="4">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>74.16</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>75</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1218,54 +1218,54 @@
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="7" t="s">
         <v>71</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="11"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8">
         <v>637.19</v>
       </c>
       <c r="P10" s="8">
-        <v>162.72</v>
+        <v>0</v>
       </c>
       <c r="Q10" s="8">
-        <v>25.54</v>
+        <v>0</v>
       </c>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>