--- v0 (2025-12-18)
+++ v1 (2026-03-03)
@@ -170,51 +170,51 @@
   <si>
     <t>BILL/00506/2023</t>
   </si>
   <si>
     <t>30/09/2023</t>
   </si>
   <si>
     <t>EXECUTIVE ENGINEER, PWD, UTTAR DINAJPUR</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components at T/W no. I &amp; II and making compound lighting arrangement at T/W no. I of Panditpota Water Supply Scheme in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (TSM/015533)</t>
   </si>
   <si>
     <t>Junior Engineer-02</t>
   </si>
   <si>
     <t>ORD/000534/2023-2024</t>
   </si>
   <si>
     <t>2528/MLMD</t>
   </si>
   <si>
     <t>04/08/2023</t>
   </si>
   <si>
-    <t>29/10/2025</t>
+    <t>26/02/2026</t>
   </si>
   <si>
     <t>M/S S. S. ENTERPRISE</t>
   </si>
   <si>
     <t>Laying of Additional Pipeline ,FHTC with Land development and Path way for PANDITPOTA Water Supply Scheme for installation of FHTC Work under Islampur Sub-Division P.H.E. Dte.under Raiganj Division, P.H.E Dte.,U/D.</t>
   </si>
   <si>
     <t>Assistant Engineer ISD,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
   </si>
   <si>
     <t>ORD/000417/2024-2025</t>
   </si>
   <si>
     <t>3581/RD/PHE</t>
   </si>
   <si>
     <t>05/12/2024</t>
   </si>
   <si>
     <t>19/01/2025</t>
   </si>
   <si>
     <t>M/S LOKENATH CONSTRUCTION (SUDARSHANPUR)</t>
   </si>
@@ -883,54 +883,54 @@
         <v>26</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4">
         <v>4003215071</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>8.43</v>
       </c>
       <c r="Q3" s="4">
-        <v>8.43</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -944,54 +944,54 @@
         <v>32</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4">
         <v>4003229632</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P4" s="4">
         <v>4.25</v>
       </c>
       <c r="Q4" s="4">
-        <v>4.25</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1125,54 +1125,54 @@
       <c r="I7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P7" s="4">
         <v>28.05</v>
       </c>
       <c r="Q7" s="4">
-        <v>19.66</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>70.1</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>70</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1310,54 +1310,54 @@
       <c r="I10" s="13" t="s">
         <v>67</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>68</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P10" s="4">
         <v>320.79</v>
       </c>
       <c r="Q10" s="4">
-        <v>92.15</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>28.73</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>81</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1529,54 +1529,54 @@
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="7" t="s">
         <v>92</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="11"/>
       <c r="F14" s="7"/>
       <c r="G14" s="7"/>
       <c r="H14" s="14"/>
       <c r="I14" s="14"/>
       <c r="J14" s="14"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
       <c r="M14" s="8"/>
       <c r="N14" s="8"/>
       <c r="O14" s="8">
         <v>514.83</v>
       </c>
       <c r="P14" s="8">
-        <v>124.5</v>
+        <v>0</v>
       </c>
       <c r="Q14" s="8">
-        <v>24.18</v>
+        <v>0</v>
       </c>
       <c r="R14" s="8"/>
       <c r="S14" s="8"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A14:N14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>