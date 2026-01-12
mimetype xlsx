--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -128,96 +128,99 @@
   <si>
     <t>Resource Division</t>
   </si>
   <si>
     <t>Malda Mechanical</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components at T/W no. I &amp; II and making compound lighting arrangement at T/W no. I of Balarampur Water Supply Scheme in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (TSM/015266)</t>
   </si>
   <si>
     <t>Assistant Engineer - I</t>
   </si>
   <si>
     <t>Junior Engineer-02</t>
   </si>
   <si>
     <t>ORD/000453/2023-2024</t>
   </si>
   <si>
     <t>2477/MLMD</t>
   </si>
   <si>
     <t>04/08/2023</t>
   </si>
   <si>
+    <t>14/03/2026</t>
+  </si>
+  <si>
+    <t>DAS CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Quotation for new service connection at BALARAMPUR PH-II (Chopra ccc) in the district of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (SM/13520)</t>
+  </si>
+  <si>
+    <t>BILL/01082/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-2024-25-302</t>
+  </si>
+  <si>
+    <t>05/06/2024</t>
+  </si>
+  <si>
+    <t>W.B.S.E.D.C.LTD</t>
+  </si>
+  <si>
+    <t>Quotation for new service connection at BALARAMPUR PH-I (Chopra ccc) in the district of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (SM/13520)</t>
+  </si>
+  <si>
+    <t>BILL/01083/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-2024-25-303</t>
+  </si>
+  <si>
+    <t>Sinking of Tube Well, laying of rising main &amp; distribution system, providing FHTC ,construction of Over Head Reservoir over Pile / Raft Foundation including subsoil investigation, construction of Pump House, Chlorine room, Boundary Wall &amp; Approach Road and allied works for 19 nos. Piped water supply Schemes within CHOPRA Dev. Block of Uttar Dinajpur District under Raiganj Division PHE Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer ISD</t>
+  </si>
+  <si>
+    <t>Junior Engineer, ISD</t>
+  </si>
+  <si>
+    <t>ORD/000372/2023-2024</t>
+  </si>
+  <si>
+    <t>2567/RD/PHE</t>
+  </si>
+  <si>
+    <t>01/09/2023</t>
+  </si>
+  <si>
     <t>14/11/2025</t>
-  </si>
-[...43 lines deleted...]
-    <t>01/09/2023</t>
   </si>
   <si>
     <t>ROY ENGINEERS. (PATNA)</t>
   </si>
   <si>
     <t>Laying of additional pipeline for improving FHTC with anciliary works at different mouzas at BALRAMPUR PWSS Of CHOPRA Block under Islampur Sub-Division P.H.E. Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer HQ,Assistant Engineer ISD,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
   </si>
   <si>
     <t>ORD/000029/2025-2026</t>
   </si>
   <si>
     <t>1207/RD/PHE</t>
   </si>
   <si>
     <t>25/04/2025</t>
   </si>
   <si>
     <t>09/06/2025</t>
   </si>
   <si>
     <t>M/S PIONEER ENTERPRISE</t>
   </si>
@@ -1044,197 +1047,197 @@
       <c r="F7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H7" s="13" t="s">
         <v>48</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>50</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="P7" s="4">
         <v>7213.93</v>
       </c>
       <c r="Q7" s="4">
         <v>145.94</v>
       </c>
       <c r="R7" s="4">
         <v>2.02</v>
       </c>
       <c r="S7" s="4">
         <v>30</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H8" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="I8" s="13" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="L8" s="4" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="M8" s="4" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="N8" s="4" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="O8" s="4" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="P8" s="4">
         <v>40.01</v>
       </c>
       <c r="Q8" s="4">
         <v>0</v>
       </c>
       <c r="R8" s="4">
         <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="13" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="I9" s="13" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="L9" s="4" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="M9" s="4" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="N9" s="4" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="O9" s="4" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="P9" s="4">
         <v>18.03</v>
       </c>
       <c r="Q9" s="4">
         <v>0</v>
       </c>
       <c r="R9" s="4">
         <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="11"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8">
         <v>7333.46</v>
       </c>
       <c r="P10" s="8">
         <v>166.1</v>
       </c>
       <c r="Q10" s="8">
         <v>2.26</v>
       </c>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>