--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -875,54 +875,54 @@
       <c r="I4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P4" s="4">
         <v>27.47</v>
       </c>
       <c r="Q4" s="4">
-        <v>20.16</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>73.36</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>73</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1056,54 +1056,54 @@
       <c r="I7" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>50</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P7" s="4">
         <v>7213.93</v>
       </c>
       <c r="Q7" s="4">
-        <v>145.94</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>2.02</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>30</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1212,54 +1212,54 @@
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="7" t="s">
         <v>69</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="11"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8">
         <v>7333.46</v>
       </c>
       <c r="P10" s="8">
-        <v>166.1</v>
+        <v>0</v>
       </c>
       <c r="Q10" s="8">
-        <v>2.26</v>
+        <v>0</v>
       </c>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>