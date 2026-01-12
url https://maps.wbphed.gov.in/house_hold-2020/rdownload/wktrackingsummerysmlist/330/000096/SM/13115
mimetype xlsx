--- v0 (2025-12-14)
+++ v1 (2026-01-12)
@@ -347,51 +347,51 @@
   <si>
     <t>MD ZAFAR EQUEBAL</t>
   </si>
   <si>
     <t>ORD/000336/2024-2025</t>
   </si>
   <si>
     <t>3292/RD/PHE</t>
   </si>
   <si>
     <t>Hiring of Additional well-maintained Diesel Maxi Cab (Non-A.C. vehicle no. WB58CB7128) for the office of the Assistant Engineer, Islampur Sub-Division, P.H.E. Dte. for the purpose of supervision of JJM works having jurisdiction over the entire Islampur Sub-Division, P.H.E. Dte. under Raiganj Division, P.H.E. Dte. in the District of Uttar Dinajpur. For 6(Six) Month.</t>
   </si>
   <si>
     <t>ORD/000523/2024-2025</t>
   </si>
   <si>
     <t>95/RD/PHE</t>
   </si>
   <si>
     <t>08/01/2025</t>
   </si>
   <si>
     <t>08/07/2025</t>
   </si>
   <si>
-    <t>M/S GHOSH AND CO.</t>
+    <t>GHOSH &amp; BROTHERS DEVCON PRIVATE LIMITED</t>
   </si>
   <si>
     <t>Hiring of Additional well-maintained Diesel Maxi Cab (Non-A.C.) for the office of the Assistant Engineer, Islampur Sub-Division, P.H.E. Dte. for the purpose of supervision of JJM works having jurisdiction over the entire Islampur Sub-Division, P.H.E. Dte. under Raiganj Division, P.H.E. Dte. in the District of Uttar Dinajpur.For 12(twelve) Months.</t>
   </si>
   <si>
     <t>ORD/000578/2023-2024</t>
   </si>
   <si>
     <t>2752/RD/PHE</t>
   </si>
   <si>
     <t>05/10/2023</t>
   </si>
   <si>
     <t>05/10/2024</t>
   </si>
   <si>
     <t>SISIR KUMAR DUTTA</t>
   </si>
   <si>
     <t>Designing, Supplying, Febrication, Erection on suitable RCC foundation, commissioning with 3(three) months Trial Run (including cost of routine testing of water sample and flow/hr for performance evaluation) of pressure type Iron Removal Plant as per design norms of CPHEEO(latest) with necessary accessories for Ramganj Zone-I Water Supply Scheme at Islampur Block under Raiganj Division, P.H.E. Dte. Dist:- Uttar Dinajpur, Capacity- 135 M3/hr.</t>
   </si>
   <si>
     <t>Assistant Engineer HQ,Assistant Engineer ISD,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
   </si>