--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1318,51 +1318,53 @@
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H9" s="13" t="s">
         <v>65</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>66</v>
       </c>
-      <c r="J9" s="13"/>
+      <c r="J9" s="13" t="s">
+        <v>32</v>
+      </c>
       <c r="K9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>69</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>70</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P9" s="4">
         <v>27.18</v>
       </c>
       <c r="Q9" s="4">
         <v>0</v>
       </c>
       <c r="R9" s="4">
         <v>0</v>
       </c>
       <c r="S9" s="4">
@@ -1517,54 +1519,54 @@
       <c r="I12" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>84</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>85</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>86</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>87</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>88</v>
       </c>
       <c r="P12" s="4">
         <v>324.17</v>
       </c>
       <c r="Q12" s="4">
-        <v>155.53</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>47.98</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>30</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1639,54 +1641,54 @@
       <c r="I14" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>53</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>94</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>95</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>96</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>97</v>
       </c>
       <c r="P14" s="4">
         <v>24.71</v>
       </c>
       <c r="Q14" s="4">
-        <v>22.04</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>89.2</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>94</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1976,54 +1978,54 @@
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="7" t="s">
         <v>125</v>
       </c>
       <c r="B20" s="7"/>
       <c r="C20" s="7"/>
       <c r="D20" s="7"/>
       <c r="E20" s="11"/>
       <c r="F20" s="7"/>
       <c r="G20" s="7"/>
       <c r="H20" s="14"/>
       <c r="I20" s="14"/>
       <c r="J20" s="14"/>
       <c r="K20" s="8"/>
       <c r="L20" s="8"/>
       <c r="M20" s="8"/>
       <c r="N20" s="8"/>
       <c r="O20" s="8">
         <v>977.76</v>
       </c>
       <c r="P20" s="8">
-        <v>177.57</v>
+        <v>0</v>
       </c>
       <c r="Q20" s="8">
-        <v>18.16</v>
+        <v>0</v>
       </c>
       <c r="R20" s="8"/>
       <c r="S20" s="8"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A20:N20"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>