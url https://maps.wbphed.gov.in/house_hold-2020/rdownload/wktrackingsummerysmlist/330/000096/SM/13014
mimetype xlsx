--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -194,51 +194,51 @@
   <si>
     <t>585/RD/PHE</t>
   </si>
   <si>
     <t>24/02/2023</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components of T/W no. I &amp; II and making compound lighting arrangement at head workite at T/W no. I of Mankaur Water Supply Scheme in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (TSM/015108)</t>
   </si>
   <si>
     <t>Junior Engineer-02</t>
   </si>
   <si>
     <t>ORD/000523/2023-2024</t>
   </si>
   <si>
     <t>2519/MLMD</t>
   </si>
   <si>
     <t>04/08/2023</t>
   </si>
   <si>
-    <t>22/10/2025</t>
+    <t>19/02/2026</t>
   </si>
   <si>
     <t>PABITRA MANDAL</t>
   </si>
   <si>
     <t>Implementation of MANKAUR andit's adjoining mouzas Pipe Water Supply Scheme at KARANDIGHI Block of Uttar Dinajpur District under Raiganj Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000222/2022-2023</t>
   </si>
   <si>
     <t>113/RD/PHE</t>
   </si>
   <si>
     <t>20/01/2023</t>
   </si>
   <si>
     <t>04/04/2025</t>
   </si>
   <si>
     <t>M/S J.S.B ASSOCIATE CONSTRUCTION NAMEDUTTA@GMAIL.COM</t>
   </si>
   <si>
     <t>Construction of Boundary Wall With Gate at Head Work Site &amp; 2nd Tube-Well Site under MANKAUR PWSS at Karandighi Block under Raiganj Division, PHE Dte.</t>
   </si>