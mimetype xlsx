--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -943,54 +943,54 @@
       <c r="I4" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P4" s="4">
         <v>4.4</v>
       </c>
       <c r="Q4" s="4">
-        <v>4.4</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1004,54 +1004,54 @@
         <v>42</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>43</v>
       </c>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L5" s="4">
         <v>4003196602</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P5" s="4">
         <v>5.64</v>
       </c>
       <c r="Q5" s="4">
-        <v>5.64</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1065,54 +1065,54 @@
         <v>48</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>43</v>
       </c>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L6" s="4">
         <v>4003196598</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P6" s="4">
         <v>8.66</v>
       </c>
       <c r="Q6" s="4">
-        <v>8.66</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1187,54 +1187,54 @@
       <c r="I8" s="13" t="s">
         <v>43</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P8" s="4">
         <v>25.32</v>
       </c>
       <c r="Q8" s="4">
-        <v>21.74</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>85.84</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>86</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1250,54 +1250,54 @@
       <c r="I9" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P9" s="4">
         <v>379.57</v>
       </c>
       <c r="Q9" s="4">
-        <v>139.92</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>36.86</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>60</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1532,54 +1532,54 @@
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="7" t="s">
         <v>91</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="11"/>
       <c r="F14" s="7"/>
       <c r="G14" s="7"/>
       <c r="H14" s="14"/>
       <c r="I14" s="14"/>
       <c r="J14" s="14"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
       <c r="M14" s="8"/>
       <c r="N14" s="8"/>
       <c r="O14" s="8">
         <v>538.31</v>
       </c>
       <c r="P14" s="8">
-        <v>180.36</v>
+        <v>0</v>
       </c>
       <c r="Q14" s="8">
-        <v>33.5</v>
+        <v>0</v>
       </c>
       <c r="R14" s="8"/>
       <c r="S14" s="8"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A14:N14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>