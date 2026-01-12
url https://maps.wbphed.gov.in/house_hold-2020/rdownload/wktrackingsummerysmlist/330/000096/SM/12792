--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -215,51 +215,51 @@
   <si>
     <t>17/12/2024</t>
   </si>
   <si>
     <t>SUDIP MITRA</t>
   </si>
   <si>
     <t>Implementation of ROHIA and it's adjoining mouzas Pipe Water Supply Scheme at ISLAMPUR Block of Uttar Dinajpur District under Raiganj Division.(Sinking of Tube Well, Laying of Rising Main, Laying Distribution pipe line, Providing Functional house Hold Tap Connections, OHR, Pump House Head Work, 2nd Tube Well.)</t>
   </si>
   <si>
     <t>Assistant Engineer ISD</t>
   </si>
   <si>
     <t>Junior Engineer, ISD</t>
   </si>
   <si>
     <t>ORD/000330/2022-2023</t>
   </si>
   <si>
     <t>673/RD/PHE</t>
   </si>
   <si>
     <t>06/03/2023</t>
   </si>
   <si>
-    <t>30/11/2024</t>
+    <t>28/08/2025</t>
   </si>
   <si>
     <t>UTTAM SAHA</t>
   </si>
   <si>
     <t>Trial Run For Rohia PWSS under Islampur Block under Raiganj Division ,PHE Dte. for 3 months</t>
   </si>
   <si>
     <t>ORD/000717/2024-2025</t>
   </si>
   <si>
     <t>549/RD/PHE</t>
   </si>
   <si>
     <t>12/02/2025</t>
   </si>
   <si>
     <t>13/05/2025</t>
   </si>
   <si>
     <t>Designing, Supplying, Febrication, Erection on suitable RCC foundation, commissioning with 3(three) months Trial Run (including cost of routine testing of water sample and flow/hr for performance evaluation) of pressure type Iron Removal Plant as per design norms of CPHEEO(latest) with necessary accessories for Rohia Water Supply Scheme at Islampur Block under Raiganj Division, P.H.E. Dte. Dist:- Uttar Dinajpur, Capacity- 80 M3/hr.</t>
   </si>
   <si>
     <t>Assistant Engineer HQ,Assistant Engineer ISD,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
   </si>