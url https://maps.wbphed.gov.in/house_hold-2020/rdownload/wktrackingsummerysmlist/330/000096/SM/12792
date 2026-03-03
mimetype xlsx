--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -850,54 +850,54 @@
         <v>26</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4">
         <v>4003198611</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>10.69</v>
       </c>
       <c r="Q3" s="4">
-        <v>10.69</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -911,54 +911,54 @@
         <v>32</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4">
         <v>4003198607</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P4" s="4">
         <v>12.8</v>
       </c>
       <c r="Q4" s="4">
-        <v>12.8</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1033,54 +1033,54 @@
       <c r="I6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P6" s="4">
         <v>27.21</v>
       </c>
       <c r="Q6" s="4">
-        <v>22.32</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>82.05</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>82</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1218,54 +1218,54 @@
       <c r="I9" s="13" t="s">
         <v>62</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>63</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P9" s="4">
         <v>654.73</v>
       </c>
       <c r="Q9" s="4">
-        <v>385.77</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>58.92</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>60</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1374,54 +1374,54 @@
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="7" t="s">
         <v>81</v>
       </c>
       <c r="B12" s="7"/>
       <c r="C12" s="7"/>
       <c r="D12" s="7"/>
       <c r="E12" s="11"/>
       <c r="F12" s="7"/>
       <c r="G12" s="7"/>
       <c r="H12" s="14"/>
       <c r="I12" s="14"/>
       <c r="J12" s="14"/>
       <c r="K12" s="8"/>
       <c r="L12" s="8"/>
       <c r="M12" s="8"/>
       <c r="N12" s="8"/>
       <c r="O12" s="8">
         <v>795.03</v>
       </c>
       <c r="P12" s="8">
-        <v>431.59</v>
+        <v>0</v>
       </c>
       <c r="Q12" s="8">
-        <v>54.29</v>
+        <v>0</v>
       </c>
       <c r="R12" s="8"/>
       <c r="S12" s="8"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A12:N12"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>