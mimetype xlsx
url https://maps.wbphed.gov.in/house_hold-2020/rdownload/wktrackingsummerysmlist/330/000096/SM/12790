--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -110,102 +110,102 @@
   <si>
     <t>SM/12790</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>Material Requisition To Resource Division</t>
   </si>
   <si>
     <t>RTOR000028/2023-2024</t>
   </si>
   <si>
     <t>1204/RD/PHE</t>
   </si>
   <si>
     <t>28/04/2023</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
     <t>Malda Mechanical</t>
   </si>
   <si>
+    <t>W.B.S.E.D.C.LTD Quotation charge at T/W No. I of PHARABARI , Goalpokher C.C.C in the district of Uttar Dinajpur Under Malda Mechanical Division PHE Dte.</t>
+  </si>
+  <si>
+    <t>BILL/02460/2023-2024</t>
+  </si>
+  <si>
+    <t>BP-2023-24-392</t>
+  </si>
+  <si>
+    <t>03/01/2024</t>
+  </si>
+  <si>
+    <t>W.B.S.E.D.C.LTD</t>
+  </si>
+  <si>
+    <t>Work Order for hiring charges of vehicle with fuel, hired for works of Raiganj Division, P.H.E. Dte. for 16.08.2024 &amp; 20.08.2024.</t>
+  </si>
+  <si>
+    <t>BILL/00384/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-2024-25-224</t>
+  </si>
+  <si>
+    <t>04/10/2024</t>
+  </si>
+  <si>
+    <t>SAHA CONSTRUCTION</t>
+  </si>
+  <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components at T/W no. I and making compound lighting arrangement at T/W no. I of Pharabari Water Supply Scheme in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (TSM/014703)</t>
   </si>
   <si>
     <t>Assistant Engineer - I</t>
   </si>
   <si>
     <t>Junior Engineer-02</t>
   </si>
   <si>
     <t>ORD/001967/2023-2024</t>
   </si>
   <si>
     <t>3707/MLMD</t>
   </si>
   <si>
     <t>29/11/2023</t>
   </si>
   <si>
-    <t>27/05/2024</t>
+    <t>22/05/2025</t>
   </si>
   <si>
     <t>SOVON KUMAR DAS.</t>
-  </si>
-[...28 lines deleted...]
-    <t>SAHA CONSTRUCTION</t>
   </si>
   <si>
     <t>Implementation of Pharabari and it's adjoining mouzas Pipe Water Supply Scheme at Goalpokhar-I Block of Uttar Dinajpur District under Raiganj Division.(Sinking of Tube Well, Laying of Rising Main, Laying Distribution pipe line, Providing Functional house Hold Tap Connections, Pump House at Head Work Site.)</t>
   </si>
   <si>
     <t>Assistant Engineer ISD</t>
   </si>
   <si>
     <t>Junior Engineer, ISD</t>
   </si>
   <si>
     <t>ORD/000289/2022-2023</t>
   </si>
   <si>
     <t>536/RD/PHE</t>
   </si>
   <si>
     <t>22/02/2023</t>
   </si>
   <si>
     <t>05/10/2024</t>
   </si>
   <si>
     <t>HAQUE CONSTRUCTION HAQUE@GMAIL.COM</t>
   </si>
@@ -817,200 +817,200 @@
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H4" s="13" t="s">
         <v>32</v>
       </c>
-      <c r="I4" s="13" t="s">
+      <c r="I4" s="13"/>
+      <c r="J4" s="13"/>
+      <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
-      <c r="J4" s="13" t="s">
+      <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
-      <c r="K4" s="4" t="s">
+      <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
-      <c r="L4" s="4" t="s">
+      <c r="N4" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="O4" s="4" t="s">
         <v>36</v>
       </c>
-      <c r="M4" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P4" s="4">
-        <v>11.98</v>
+        <v>18.12</v>
       </c>
       <c r="Q4" s="4">
-        <v>10.03</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>83.77</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
-        <v>84</v>
+        <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H5" s="13" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="I5" s="13"/>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="L5" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M5" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="N5" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="O5" s="4" t="s">
         <v>41</v>
       </c>
-      <c r="L5" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="P5" s="4">
-        <v>18.12</v>
+        <v>0.06</v>
       </c>
       <c r="Q5" s="4">
         <v>0</v>
       </c>
       <c r="R5" s="4">
         <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H6" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="I6" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="J6" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="K6" s="4" t="s">
         <v>45</v>
       </c>
-      <c r="I6" s="13"/>
-[...1 lines deleted...]
-      <c r="K6" s="4" t="s">
+      <c r="L6" s="4" t="s">
         <v>46</v>
       </c>
-      <c r="L6" s="4" t="s">
+      <c r="M6" s="4" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P6" s="4">
-        <v>0.06</v>
+        <v>11.98</v>
       </c>
       <c r="Q6" s="4">
         <v>0</v>
       </c>
       <c r="R6" s="4">
         <v>0</v>
       </c>
       <c r="S6" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>24</v>
       </c>
@@ -1023,88 +1023,88 @@
       <c r="I7" s="13" t="s">
         <v>51</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>52</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P7" s="4">
         <v>43.62</v>
       </c>
       <c r="Q7" s="4">
-        <v>42.68</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>97.83</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="7" t="s">
         <v>58</v>
       </c>
       <c r="B8" s="7"/>
       <c r="C8" s="7"/>
       <c r="D8" s="7"/>
       <c r="E8" s="11"/>
       <c r="F8" s="7"/>
       <c r="G8" s="7"/>
       <c r="H8" s="14"/>
       <c r="I8" s="14"/>
       <c r="J8" s="14"/>
       <c r="K8" s="8"/>
       <c r="L8" s="8"/>
       <c r="M8" s="8"/>
       <c r="N8" s="8"/>
       <c r="O8" s="8">
         <v>76.47</v>
       </c>
       <c r="P8" s="8">
-        <v>52.71</v>
+        <v>0</v>
       </c>
       <c r="Q8" s="8">
-        <v>68.93</v>
+        <v>0</v>
       </c>
       <c r="R8" s="8"/>
       <c r="S8" s="8"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A8:N8"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>