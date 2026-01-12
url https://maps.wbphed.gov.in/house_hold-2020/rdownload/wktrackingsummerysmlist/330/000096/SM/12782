--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -134,153 +134,153 @@
   <si>
     <t>Quotation for new service connection at Dakshin Sahapur PH-II (Goalpokher ccc)</t>
   </si>
   <si>
     <t>BILL/03505/2023-2024</t>
   </si>
   <si>
     <t>BP-2023-24-525</t>
   </si>
   <si>
     <t>15/02/2024</t>
   </si>
   <si>
     <t>W.B.S.E.D.C.LTD</t>
   </si>
   <si>
     <t>Quotation for new service connection at Dakshin Sahapur PH-I (Goalpokher ccc)</t>
   </si>
   <si>
     <t>BILL/03504/2023-2024</t>
   </si>
   <si>
     <t>BP-2023-24-524</t>
   </si>
   <si>
+    <t>Supply, installation, commissioning and trial operation of electro-mechanical components at T/W no. I &amp; II and making compound lighting arrangement at T/W no. I of Dakshin Sahapur Water Supply Scheme in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (TSM/014427)</t>
+  </si>
+  <si>
+    <t>Assistant Engineer - I</t>
+  </si>
+  <si>
+    <t>Junior Engineer-02</t>
+  </si>
+  <si>
+    <t>ORD/000355/2023-2024</t>
+  </si>
+  <si>
+    <t>2366/MLMD</t>
+  </si>
+  <si>
+    <t>28/07/2023</t>
+  </si>
+  <si>
+    <t>28/12/2025</t>
+  </si>
+  <si>
+    <t>WEST BENGAL ENGINEERING COMPANY.</t>
+  </si>
+  <si>
+    <t>Sinking of Tube Well, laying of rising main &amp; distribution system, providing FHTC ,Construction of Over Head Reservoir over Pile / Raft Foundation including subsoil investigation, construction of Pump House, Chlorine room, Boundary Wall &amp; Approach Road and allied works for 16 nos. Piped water supply Schemes within GOALPOKHAR-I Dev. Block of Uttar Dinajpur District under Raiganj Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer ISD</t>
+  </si>
+  <si>
+    <t>Junior Engineer, ISD</t>
+  </si>
+  <si>
+    <t>ORD/000373/2023-2024</t>
+  </si>
+  <si>
+    <t>2568/RD/PHE</t>
+  </si>
+  <si>
+    <t>01/09/2023</t>
+  </si>
+  <si>
+    <t>14/11/2025</t>
+  </si>
+  <si>
+    <t>ROY ENGINEERS. (PATNA)</t>
+  </si>
+  <si>
+    <t>Providing FHTC in connection with Dakhshin Sahapur Pipe Water Supply Scheme at Goalpukhur-I Block of Uttar Dinajpur District under Raiganj Division.(New PWSS)</t>
+  </si>
+  <si>
+    <t>Assistant Engineer HQ,Assistant Engineer ISD,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
+  </si>
+  <si>
+    <t>ORD/000002/2025-2026</t>
+  </si>
+  <si>
+    <t>1175/RD/PHE</t>
+  </si>
+  <si>
+    <t>23/04/2025</t>
+  </si>
+  <si>
+    <t>23/05/2025</t>
+  </si>
+  <si>
+    <t>BIKASH KAR</t>
+  </si>
+  <si>
+    <t>Designing, Supplying, Febrication, Erection on suitable RCC foundation, commissioning with 3(three) months Trial Run (including cost of routine testing of water sample and flow/hr for performance evaluation) of pressure type Iron Removal Plant as per design norms of CPHEEO(latest) with necessary accessories for Dakshin Sahapur Water Supply Scheme at Goalpukhur-I Block under Raiganj Division, P.H.E. Dte. Dist:- Uttar Dinajpur, Capacity- 60 M3/hr.</t>
+  </si>
+  <si>
+    <t>ORD/000344/2025-2026</t>
+  </si>
+  <si>
+    <t>1804/RD/PHE</t>
+  </si>
+  <si>
+    <t>24/06/2025</t>
+  </si>
+  <si>
+    <t>21/12/2025</t>
+  </si>
+  <si>
+    <t>JAL PRAVAHIKA PRIVATE LIMITED</t>
+  </si>
+  <si>
     <t>Laying of additional pipeline for improving FHTC with ancillary works at different mouzas at DAKSHIN SAHAPUR PWSS Of Goalpokhar-1 Block under Islampur Sub-Division P.H.E. Dte. (2nd Call)</t>
   </si>
   <si>
-    <t>Assistant Engineer HQ,Assistant Engineer ISD,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
-[...1 lines deleted...]
-  <si>
     <t>ORD/000382/2025-2026</t>
   </si>
   <si>
     <t>2094/RD/PHE</t>
   </si>
   <si>
     <t>15/07/2025</t>
   </si>
   <si>
     <t>11/01/2026</t>
   </si>
   <si>
     <t>M/S SACHIN KUMAR</t>
-  </si>
-[...82 lines deleted...]
-    <t>JAL PRAVAHIKA PRIVATE LIMITED</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -972,333 +972,333 @@
       <c r="Q5" s="4">
         <v>0</v>
       </c>
       <c r="R5" s="4">
         <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H6" s="13" t="s">
         <v>40</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>41</v>
       </c>
-      <c r="J6" s="13"/>
+      <c r="J6" s="13" t="s">
+        <v>42</v>
+      </c>
       <c r="K6" s="4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="L6" s="4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="M6" s="4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="N6" s="4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="O6" s="4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="P6" s="4">
-        <v>39.1</v>
+        <v>26.18</v>
       </c>
       <c r="Q6" s="4">
         <v>0</v>
       </c>
       <c r="R6" s="4">
         <v>0</v>
       </c>
       <c r="S6" s="4">
-        <v>0</v>
+        <v>77</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H7" s="13" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="I7" s="13" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="J7" s="13" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="K7" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="P7" s="4">
-        <v>26.18</v>
+        <v>6530.5</v>
       </c>
       <c r="Q7" s="4">
-        <v>0</v>
+        <v>121</v>
       </c>
       <c r="R7" s="4">
-        <v>0</v>
+        <v>1.85</v>
       </c>
       <c r="S7" s="4">
-        <v>77</v>
+        <v>38</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H8" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="I8" s="13" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="J8" s="13" t="s">
         <v>57</v>
       </c>
+      <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P8" s="4">
-        <v>6530.5</v>
+        <v>8.09</v>
       </c>
       <c r="Q8" s="4">
-        <v>121</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>1.85</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
-        <v>38</v>
+        <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="13" t="s">
         <v>63</v>
       </c>
       <c r="I9" s="13" t="s">
-        <v>41</v>
+        <v>57</v>
       </c>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P9" s="4">
-        <v>8.09</v>
+        <v>29.55</v>
       </c>
       <c r="Q9" s="4">
         <v>0</v>
       </c>
       <c r="R9" s="4">
         <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="13" t="s">
         <v>69</v>
       </c>
       <c r="I10" s="13" t="s">
-        <v>41</v>
+        <v>57</v>
       </c>
       <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P10" s="4">
-        <v>29.55</v>
+        <v>39.1</v>
       </c>
       <c r="Q10" s="4">
         <v>0</v>
       </c>
       <c r="R10" s="4">
         <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
         <v>75</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>