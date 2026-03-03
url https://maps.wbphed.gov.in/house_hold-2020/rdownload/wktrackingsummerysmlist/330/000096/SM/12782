--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1074,54 +1074,54 @@
       <c r="I7" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>50</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P7" s="4">
         <v>6530.5</v>
       </c>
       <c r="Q7" s="4">
-        <v>121</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>1.85</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>38</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1291,54 +1291,54 @@
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
         <v>75</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>6671.1</v>
       </c>
       <c r="P11" s="8">
-        <v>121</v>
+        <v>0</v>
       </c>
       <c r="Q11" s="8">
-        <v>1.81</v>
+        <v>0</v>
       </c>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>