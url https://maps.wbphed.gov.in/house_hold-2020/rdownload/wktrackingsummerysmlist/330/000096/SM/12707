--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -167,51 +167,51 @@
   <si>
     <t>BP-2023-24-617</t>
   </si>
   <si>
     <t>04/03/2024</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components at T/W no. I &amp; II and making compound lighting arrangement at T/W no. I of Angarbhasa Water Supply Scheme in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (TSM/14458)</t>
   </si>
   <si>
     <t>Assistant Engineer - I</t>
   </si>
   <si>
     <t>Junior Engineer-02</t>
   </si>
   <si>
     <t>ORD/000353/2023-2024</t>
   </si>
   <si>
     <t>2363/MLMD</t>
   </si>
   <si>
     <t>28/07/2023</t>
   </si>
   <si>
-    <t>29/10/2025</t>
+    <t>27/04/2026</t>
   </si>
   <si>
     <t>MITRA ASSOCIATES</t>
   </si>
   <si>
     <t>Sinking of Tube Well, laying of rising main &amp; distribution system, providing FHTC ,Construction of Over Head Reservoir over Pile / Raft Foundation including subsoil investigation, construction of Pump House, Chlorine room, Boundary Wall &amp; Approach Road and allied works for 16 nos. Piped water supply Schemes within GOALPOKHAR-I Dev. Block of Uttar Dinajpur District under Raiganj Division, PHE Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer ISD</t>
   </si>
   <si>
     <t>Junior Engineer, ISD</t>
   </si>
   <si>
     <t>ORD/000373/2023-2024</t>
   </si>
   <si>
     <t>2568/RD/PHE</t>
   </si>
   <si>
     <t>01/09/2023</t>
   </si>
   <si>
     <t>14/11/2025</t>
   </si>