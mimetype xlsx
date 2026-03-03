--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1163,54 +1163,54 @@
       <c r="I8" s="13" t="s">
         <v>54</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>55</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P8" s="4">
         <v>6530.5</v>
       </c>
       <c r="Q8" s="4">
-        <v>182.64</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>2.8</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>38</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1443,54 +1443,54 @@
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="7" t="s">
         <v>85</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="11"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8">
         <v>6675.84</v>
       </c>
       <c r="P13" s="8">
-        <v>182.64</v>
+        <v>0</v>
       </c>
       <c r="Q13" s="8">
-        <v>2.74</v>
+        <v>0</v>
       </c>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>