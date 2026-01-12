--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -104,90 +104,90 @@
   <si>
     <t>Source augmentation for Goagoan Piped Water Supply Scheme under Goalpokhar-I block in the district of Uttar Dinajpur under Raiganj Division P.H.E. Dte.</t>
   </si>
   <si>
     <t>SM/12655</t>
   </si>
   <si>
     <t>Augmentation</t>
   </si>
   <si>
     <t>Material Requisition To Resource Division</t>
   </si>
   <si>
     <t>RTOR000103/2023-2024</t>
   </si>
   <si>
     <t>2391/RD/PHE</t>
   </si>
   <si>
     <t>17/08/2023</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
+    <t>Malda Mechanical</t>
+  </si>
+  <si>
+    <t>Quotation for new service connection at Source Augmentation of GOAGAON PH-III (Goalpokher ccc) in the district of Uttar Dinajpur under Malda Mechanical Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>BILL/00229/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-2024-25-91</t>
+  </si>
+  <si>
+    <t>16/04/2024</t>
+  </si>
+  <si>
+    <t>W.B.S.E.D.C.LTD</t>
+  </si>
+  <si>
     <t>Construction of Boundary Wall, Pump House, Laying Pipeline and Providing FHTC in Connection with Source Augmentation of Goagaon Piped Water Supply Scheme of Goalpokhar-I Block in the District of Uttar Dinajpur under Raiganj Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer ISD</t>
   </si>
   <si>
     <t>Junior Engineer, ISD ,Junior Engineer, RWS</t>
   </si>
   <si>
     <t>ORD/000146/2022-2023</t>
   </si>
   <si>
     <t>1924/RD/PHE</t>
   </si>
   <si>
     <t>28/10/2022</t>
   </si>
   <si>
     <t>25/07/2023</t>
   </si>
   <si>
     <t>S. B. CONSTRUCTION</t>
-  </si>
-[...16 lines deleted...]
-    <t>W.B.S.E.D.C.LTD</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components at T/W no. III of Goagaon Water Supply Scheme in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer - I</t>
   </si>
   <si>
     <t>Junior Engineer-02</t>
   </si>
   <si>
     <t>ORD/000320/2024-2025</t>
   </si>
   <si>
     <t>2947/MLMD</t>
   </si>
   <si>
     <t>11/09/2024</t>
   </si>
   <si>
     <t>06/10/2025</t>
   </si>
   <si>
     <t>SARADA MAA CONSTRUCTION.</t>
   </si>
@@ -781,169 +781,169 @@
         <v>2.48</v>
       </c>
       <c r="Q3" s="4">
         <v>0</v>
       </c>
       <c r="R3" s="4">
         <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H4" s="13" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="I4" s="13" t="s">
         <v>31</v>
       </c>
-      <c r="J4" s="13" t="s">
+      <c r="I4" s="13"/>
+      <c r="J4" s="13"/>
+      <c r="K4" s="4" t="s">
         <v>32</v>
       </c>
-      <c r="K4" s="4" t="s">
+      <c r="L4" s="4" t="s">
         <v>33</v>
       </c>
-      <c r="L4" s="4" t="s">
+      <c r="M4" s="4" t="s">
         <v>34</v>
       </c>
-      <c r="M4" s="4" t="s">
+      <c r="N4" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="O4" s="4" t="s">
         <v>35</v>
       </c>
-      <c r="N4" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P4" s="4">
-        <v>33.07</v>
+        <v>4.01</v>
       </c>
       <c r="Q4" s="4">
-        <v>9.79</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>29.6</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H5" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="I5" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="J5" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
-      <c r="I5" s="13"/>
-[...1 lines deleted...]
-      <c r="K5" s="4" t="s">
+      <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
-      <c r="L5" s="4" t="s">
+      <c r="M5" s="4" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P5" s="4">
-        <v>4.01</v>
+        <v>33.07</v>
       </c>
       <c r="Q5" s="4">
-        <v>0</v>
+        <v>9.79</v>
       </c>
       <c r="R5" s="4">
-        <v>0</v>
+        <v>29.6</v>
       </c>
       <c r="S5" s="4">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H6" s="13" t="s">
         <v>44</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>45</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>46</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>48</v>
       </c>