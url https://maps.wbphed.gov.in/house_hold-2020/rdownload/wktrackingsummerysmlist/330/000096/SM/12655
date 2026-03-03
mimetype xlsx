--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -877,54 +877,54 @@
       <c r="I5" s="13" t="s">
         <v>37</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>38</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P5" s="4">
         <v>33.07</v>
       </c>
       <c r="Q5" s="4">
-        <v>9.79</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>29.6</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>25</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -938,88 +938,88 @@
       <c r="I6" s="13" t="s">
         <v>45</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>46</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P6" s="4">
         <v>10.78</v>
       </c>
       <c r="Q6" s="4">
-        <v>9.07</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>84.11</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>84</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="7" t="s">
         <v>52</v>
       </c>
       <c r="B7" s="7"/>
       <c r="C7" s="7"/>
       <c r="D7" s="7"/>
       <c r="E7" s="11"/>
       <c r="F7" s="7"/>
       <c r="G7" s="7"/>
       <c r="H7" s="14"/>
       <c r="I7" s="14"/>
       <c r="J7" s="14"/>
       <c r="K7" s="8"/>
       <c r="L7" s="8"/>
       <c r="M7" s="8"/>
       <c r="N7" s="8"/>
       <c r="O7" s="8">
         <v>50.34</v>
       </c>
       <c r="P7" s="8">
-        <v>18.85</v>
+        <v>0</v>
       </c>
       <c r="Q7" s="8">
-        <v>37.45</v>
+        <v>0</v>
       </c>
       <c r="R7" s="8"/>
       <c r="S7" s="8"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A7:N7"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>