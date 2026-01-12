--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -149,51 +149,51 @@
   <si>
     <t>M/S SARKAR ENTERPRISE SILIGURI SARKARETP2010@GMAIL.COM</t>
   </si>
   <si>
     <t>Malda Mechanical</t>
   </si>
   <si>
     <t>Supply, installation, commissioning &amp; trial operation of electro-mechanical components at T/W No. III of Source Augmentation of MAHAMMADPUR Water Supply Scheme in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer - I</t>
   </si>
   <si>
     <t>Junior Engineer-02</t>
   </si>
   <si>
     <t>ORD/002578/2023-2024</t>
   </si>
   <si>
     <t>1004/MLMD</t>
   </si>
   <si>
     <t>11/03/2024</t>
   </si>
   <si>
-    <t>28/12/2025</t>
+    <t>26/06/2026</t>
   </si>
   <si>
     <t>DAS CONSTRUCTION</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>