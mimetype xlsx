--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -128,156 +128,159 @@
   <si>
     <t>Resource Division</t>
   </si>
   <si>
     <t>Malda Mechanical</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components at T/W no. I &amp; II and making compound lighting arrangement at T/W no. I of Baramircha Water Supply Scheme in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (TSM/014689)</t>
   </si>
   <si>
     <t>Assistant Engineer - I</t>
   </si>
   <si>
     <t>Junior Engineer-02</t>
   </si>
   <si>
     <t>ORD/000451/2023-2024</t>
   </si>
   <si>
     <t>2476/MLMD</t>
   </si>
   <si>
     <t>04/08/2023</t>
   </si>
   <si>
+    <t>14/03/2026</t>
+  </si>
+  <si>
+    <t>DAS CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Quotation for new service connection at BARAMIRCHA PH-I (Islampur ccc) in the district of Uttar Dinajpur under Malda Mechanical Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>BILL/00029/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-2024-25-58</t>
+  </si>
+  <si>
+    <t>09/04/2024</t>
+  </si>
+  <si>
+    <t>W.B.S.E.D.C.LTD</t>
+  </si>
+  <si>
+    <t>Quotation for new service connection at BARAMIRCHA PH-II (Islampur ccc) in the district of Uttar Dinajpur under Malda Mechanical Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>BILL/00030/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-2024-25-59</t>
+  </si>
+  <si>
+    <t>Sinking of Tube Well, laying of rising main &amp; distribution system, providing FHTC ,construction of Over Head Reservoir over Pile / Raft Foundation including subsoil investigation, construction of Pump House, Chlorine room, Boundary Wall &amp; Approach Road and allied works for 19 nos. Piped water supply Schemes within CHOPRA Dev. Block of Uttar Dinajpur District under Raiganj Division PHE Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer ISD</t>
+  </si>
+  <si>
+    <t>Junior Engineer, ISD</t>
+  </si>
+  <si>
+    <t>ORD/000372/2023-2024</t>
+  </si>
+  <si>
+    <t>2567/RD/PHE</t>
+  </si>
+  <si>
+    <t>01/09/2023</t>
+  </si>
+  <si>
     <t>14/11/2025</t>
   </si>
   <si>
-    <t>DAS CONSTRUCTION</t>
-[...23 lines deleted...]
-    <t>BP-2024-25-59</t>
+    <t>ROY ENGINEERS. (PATNA)</t>
+  </si>
+  <si>
+    <t>Providing FHTC in connection with Bara Mircha Pipe Water Supply Scheme at Chopra Block of Uttar Dinajpur District under Raiganj Division.(New PWSS)</t>
+  </si>
+  <si>
+    <t>Assistant Engineer HQ,Assistant Engineer ISD,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
+  </si>
+  <si>
+    <t>ORD/000006/2025-2026</t>
+  </si>
+  <si>
+    <t>1171/RD/PHE</t>
+  </si>
+  <si>
+    <t>23/04/2025</t>
+  </si>
+  <si>
+    <t>08/05/2025</t>
+  </si>
+  <si>
+    <t>CHAPDUAR LABOUR CO- OPERATIVE CONTRACT &amp; CONSTRUCTION SOCIETY LTD.</t>
+  </si>
+  <si>
+    <t>Designing, Supplying, Febrication, Erection on suitable RCC foundation, commissioning with 3(three) months Trial Run (including cost of routine testing of water sample and flow/hr for performance evaluation) of pressure type Iron Removal Plant as per design norms of CPHEEO(latest) with necessary accessories for Bara Mircha Water Supply Scheme at Chopra Block under Raiganj Division, P.H.E. Dte. Dist:- Uttar Dinajpur, Capacity- 25 M3/hr.</t>
+  </si>
+  <si>
+    <t>ORD/000394/2025-2026</t>
+  </si>
+  <si>
+    <t>1977/RD/PHE</t>
+  </si>
+  <si>
+    <t>03/07/2025</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>LIMRA CIVIL CONSTRUCTION</t>
   </si>
   <si>
     <t>Laying of additional pipeline for improving FHTC with ancillary works at different mouzas at Bara Mircha PWSS Of CHOPRA Block under Islampur Sub-Division P.H.E. Dte. (2nd Call)</t>
   </si>
   <si>
-    <t>Assistant Engineer HQ,Assistant Engineer ISD,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
-[...1 lines deleted...]
-  <si>
     <t>ORD/000383/2025-2026</t>
   </si>
   <si>
     <t>2095/RD/PHE</t>
   </si>
   <si>
     <t>15/07/2025</t>
   </si>
   <si>
     <t>11/01/2026</t>
   </si>
   <si>
     <t>M/S SACHIN KUMAR</t>
-  </si>
-[...55 lines deleted...]
-    <t>LIMRA CIVIL CONSTRUCTION</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1049,271 +1052,271 @@
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H7" s="13" t="s">
         <v>48</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>49</v>
       </c>
-      <c r="J7" s="13"/>
+      <c r="J7" s="13" t="s">
+        <v>50</v>
+      </c>
       <c r="K7" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="P7" s="4">
-        <v>25.81</v>
+        <v>7213.93</v>
       </c>
       <c r="Q7" s="4">
-        <v>0</v>
+        <v>114.08</v>
       </c>
       <c r="R7" s="4">
-        <v>0</v>
+        <v>1.58</v>
       </c>
       <c r="S7" s="4">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H8" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="I8" s="13" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="J8" s="13" t="s">
         <v>57</v>
       </c>
+      <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="N8" s="4" t="s">
-        <v>38</v>
+        <v>61</v>
       </c>
       <c r="O8" s="4" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="P8" s="4">
-        <v>7213.93</v>
+        <v>5.4</v>
       </c>
       <c r="Q8" s="4">
-        <v>114.08</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>1.58</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="13" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="I9" s="13" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="L9" s="4" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="M9" s="4" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="N9" s="4" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="O9" s="4" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="P9" s="4">
-        <v>5.4</v>
+        <v>16.3</v>
       </c>
       <c r="Q9" s="4">
         <v>0</v>
       </c>
       <c r="R9" s="4">
         <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="13" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="I10" s="13" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="L10" s="4" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="M10" s="4" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="N10" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="O10" s="4" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="P10" s="4">
-        <v>16.3</v>
+        <v>25.81</v>
       </c>
       <c r="Q10" s="4">
         <v>0</v>
       </c>
       <c r="R10" s="4">
         <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>7319.47</v>
       </c>
       <c r="P11" s="8">
         <v>132.43</v>
       </c>
       <c r="Q11" s="8">
         <v>1.81</v>
       </c>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>