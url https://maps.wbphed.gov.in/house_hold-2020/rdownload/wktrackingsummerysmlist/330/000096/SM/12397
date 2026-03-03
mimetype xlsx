--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -893,54 +893,54 @@
       <c r="I4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P4" s="4">
         <v>25.68</v>
       </c>
       <c r="Q4" s="4">
-        <v>18.35</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>71.47</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>72</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1074,54 +1074,54 @@
       <c r="I7" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>50</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P7" s="4">
         <v>7213.93</v>
       </c>
       <c r="Q7" s="4">
-        <v>114.08</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>1.58</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>30</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1291,54 +1291,54 @@
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
         <v>75</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>7319.47</v>
       </c>
       <c r="P11" s="8">
-        <v>132.43</v>
+        <v>0</v>
       </c>
       <c r="Q11" s="8">
-        <v>1.81</v>
+        <v>0</v>
       </c>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>