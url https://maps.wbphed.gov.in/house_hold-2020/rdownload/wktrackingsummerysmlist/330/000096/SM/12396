--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -128,150 +128,150 @@
   <si>
     <t>Resource Division</t>
   </si>
   <si>
     <t>Malda Mechanical</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components at T/W no. I &amp; II and making compound lighting arrangement at T/W no. I of Bara Dopaharu Water Supply Scheme in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (TSM/014803)</t>
   </si>
   <si>
     <t>Assistant Engineer - I</t>
   </si>
   <si>
     <t>Junior Engineer-02</t>
   </si>
   <si>
     <t>ORD/000454/2023-2024</t>
   </si>
   <si>
     <t>2478/MLMD</t>
   </si>
   <si>
     <t>04/08/2023</t>
   </si>
   <si>
-    <t>14/10/2025</t>
+    <t>11/02/2026</t>
   </si>
   <si>
     <t>ANIMA ENTERPRISE</t>
   </si>
   <si>
     <t>Quotation for new service connection at BARA DOPAHARU PH-I (Chopra ccc) in the district of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (SM/12396)</t>
   </si>
   <si>
     <t>BILL/01086/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-307</t>
   </si>
   <si>
     <t>05/06/2024</t>
   </si>
   <si>
     <t>W.B.S.E.D.C.LTD</t>
   </si>
   <si>
+    <t>Sinking of Tube Well, laying of rising main &amp; distribution system, providing FHTC ,construction of Over Head Reservoir over Pile / Raft Foundation including subsoil investigation, construction of Pump House, Chlorine room, Boundary Wall &amp; Approach Road and allied works for 19 nos. Piped water supply Schemes within CHOPRA Dev. Block of Uttar Dinajpur District under Raiganj Division PHE Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer ISD</t>
+  </si>
+  <si>
+    <t>Junior Engineer, ISD</t>
+  </si>
+  <si>
+    <t>ORD/000372/2023-2024</t>
+  </si>
+  <si>
+    <t>2567/RD/PHE</t>
+  </si>
+  <si>
+    <t>01/09/2023</t>
+  </si>
+  <si>
+    <t>14/11/2025</t>
+  </si>
+  <si>
+    <t>ROY ENGINEERS. (PATNA)</t>
+  </si>
+  <si>
+    <t>Designing, Supplying, Febrication, Erection on suitable RCC foundation, commissioning with 3(three) months Trial Run (including cost of routine testing of water sample and flow/hr for performance evaluation) of pressure type Iron Removal Plant as per design norms of CPHEEO(latest) with necessary accessories for Bara Dopaharu Water Supply Scheme at Chopra Block under Raiganj Division, P.H.E. Dte. Dist:- Uttar Dinajpur, Capacity- 40 M3/hr.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer HQ,Assistant Engineer ISD,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
+  </si>
+  <si>
+    <t>ORD/000310/2025-2026</t>
+  </si>
+  <si>
+    <t>1978/RD/PHE</t>
+  </si>
+  <si>
+    <t>03/07/2025</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>MONDAL PRECISION PRIVATE LIMITED</t>
+  </si>
+  <si>
     <t>Laying of additional pipeline for improving FHTC with ancillary works at different mouzas at BARA DOPAHARU PWSS Of CHOPRA Block under Islampur Sub-Division P.H.E. Dte. (2nd Call)</t>
   </si>
   <si>
-    <t>Assistant Engineer HQ,Assistant Engineer ISD,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
-[...1 lines deleted...]
-  <si>
     <t>ORD/000385/2025-2026</t>
   </si>
   <si>
     <t>2097/RD/PHE</t>
   </si>
   <si>
     <t>15/07/2025</t>
   </si>
   <si>
     <t>11/01/2026</t>
   </si>
   <si>
     <t>M/S SACHIN KUMAR</t>
   </si>
   <si>
     <t>Providing FHTC in connection with Bara Dopaharu Pipe Water Supply Scheme at Chopra Block of Uttar Dinajpur District under Raiganj Division.(New PWSS) (2nd Call)</t>
   </si>
   <si>
     <t>ORD/000389/2025-2026</t>
   </si>
   <si>
     <t>2174/RD/PHE</t>
   </si>
   <si>
     <t>25/07/2025</t>
   </si>
   <si>
     <t>23/10/2025</t>
   </si>
   <si>
     <t>M/S SHIB ENTERPRISE</t>
-  </si>
-[...40 lines deleted...]
-    <t>MONDAL PRECISION PRIVATE LIMITED</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -984,253 +984,253 @@
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H6" s="13" t="s">
         <v>45</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>46</v>
       </c>
-      <c r="J6" s="13"/>
+      <c r="J6" s="13" t="s">
+        <v>47</v>
+      </c>
       <c r="K6" s="4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="L6" s="4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="M6" s="4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="N6" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="O6" s="4" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="P6" s="4">
-        <v>43.32</v>
+        <v>7213.93</v>
       </c>
       <c r="Q6" s="4">
-        <v>0</v>
+        <v>110.72</v>
       </c>
       <c r="R6" s="4">
-        <v>0</v>
+        <v>1.53</v>
       </c>
       <c r="S6" s="4">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H7" s="13" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I7" s="13" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="L7" s="4" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="M7" s="4" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="N7" s="4" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="O7" s="4" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="P7" s="4">
-        <v>5.4</v>
+        <v>18.74</v>
       </c>
       <c r="Q7" s="4">
         <v>0</v>
       </c>
       <c r="R7" s="4">
         <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H8" s="13" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="I8" s="13" t="s">
-        <v>59</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P8" s="4">
-        <v>7213.93</v>
+        <v>43.32</v>
       </c>
       <c r="Q8" s="4">
-        <v>110.72</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>1.53</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="13" t="s">
         <v>66</v>
       </c>
       <c r="I9" s="13" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>69</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>70</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P9" s="4">
-        <v>18.74</v>
+        <v>5.4</v>
       </c>
       <c r="Q9" s="4">
         <v>0</v>
       </c>
       <c r="R9" s="4">
         <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="7" t="s">
         <v>72</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="11"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>