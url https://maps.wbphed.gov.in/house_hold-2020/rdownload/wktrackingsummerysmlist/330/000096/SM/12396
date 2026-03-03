--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -884,54 +884,54 @@
       <c r="I4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P4" s="4">
         <v>28.34</v>
       </c>
       <c r="Q4" s="4">
-        <v>21.02</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>74.16</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>74</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1006,54 +1006,54 @@
       <c r="I6" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P6" s="4">
         <v>7213.93</v>
       </c>
       <c r="Q6" s="4">
-        <v>110.72</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>1.53</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>30</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1223,54 +1223,54 @@
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="7" t="s">
         <v>72</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="11"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8">
         <v>7354.29</v>
       </c>
       <c r="P10" s="8">
-        <v>131.74</v>
+        <v>0</v>
       </c>
       <c r="Q10" s="8">
-        <v>1.79</v>
+        <v>0</v>
       </c>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>