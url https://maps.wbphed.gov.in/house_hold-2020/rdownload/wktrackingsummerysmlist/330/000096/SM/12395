--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -233,51 +233,51 @@
   <si>
     <t>ORD/000223/2022-2023</t>
   </si>
   <si>
     <t>126/RD/PHE</t>
   </si>
   <si>
     <t>20/01/2023</t>
   </si>
   <si>
     <t>01/09/2025</t>
   </si>
   <si>
     <t>Supply, installation &amp; commissioning of electro-mechanical components at T/W no. I &amp; II of Jujaharpur Water Supply Scheme in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (TSM/013312)</t>
   </si>
   <si>
     <t>ORD/000338/2023-2024</t>
   </si>
   <si>
     <t>2336/MLMD</t>
   </si>
   <si>
     <t>26/07/2023</t>
   </si>
   <si>
-    <t>12/11/2025</t>
+    <t>12/03/2026</t>
   </si>
   <si>
     <t>MAA BHABOTARINE ENTERPRISE.</t>
   </si>
   <si>
     <t>Dismantling of all types of plain cement concrete works and concreting with Ordinary Cement Concrete for laying of Pipe Line to provide FHTC at JUJHARPUR Piped Water Supply Scheme (Augmentation Jujharpur) at Karandighi Block under Islampur Sub-Division under Raiganj Division, PHE Dte. Uttar Dinajpur.</t>
   </si>
   <si>
     <t>ORD/000128/2024-2025</t>
   </si>
   <si>
     <t>3019/RD/PHE</t>
   </si>
   <si>
     <t>01/04/2025</t>
   </si>
   <si>
     <t>Designing, Supplying, Febrication, Erection on suitable RCC foundation, commissioning with 3(three) months Trial Run (including cost of routine testing of water sample and flow/hr for performance evaluation) of pressure type Iron Removal Plant as per design norms of CPHEEO(latest) with necessary accessories for Jujharpur Water Supply Scheme(Augmentation) at Karandighi Block under Raiganj Division, P.H.E. Dte. Dist:- Uttar Dinajpur, Capacity-50 M3/hr.</t>
   </si>
   <si>
     <t>Assistant Engineer HQ,Assistant Engineer ISD,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
   </si>
   <si>
     <t>ORD/000360/2025-2026</t>
   </si>
@@ -920,54 +920,54 @@
         <v>31</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4">
         <v>4003209172</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="P4" s="4">
         <v>4.67</v>
       </c>
       <c r="Q4" s="4">
-        <v>4.67</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -981,54 +981,54 @@
       <c r="I5" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>38</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L5" s="4">
         <v>100000096206</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>36</v>
       </c>
       <c r="P5" s="4">
         <v>0.02</v>
       </c>
       <c r="Q5" s="4">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1042,54 +1042,54 @@
       <c r="I6" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>38</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P6" s="4">
         <v>17.52</v>
       </c>
       <c r="Q6" s="4">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>34.25</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>35</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1278,54 +1278,54 @@
       <c r="I10" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>64</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P10" s="4">
         <v>281.65</v>
       </c>
       <c r="Q10" s="4">
-        <v>124.81</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>44.32</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>90</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1339,54 +1339,54 @@
       <c r="I11" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>38</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P11" s="4">
         <v>19.31</v>
       </c>
       <c r="Q11" s="4">
-        <v>15.88</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>82.21</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>82</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1493,54 +1493,54 @@
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="7" t="s">
         <v>86</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="11"/>
       <c r="F14" s="7"/>
       <c r="G14" s="7"/>
       <c r="H14" s="14"/>
       <c r="I14" s="14"/>
       <c r="J14" s="14"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
       <c r="M14" s="8"/>
       <c r="N14" s="8"/>
       <c r="O14" s="8">
         <v>444.17</v>
       </c>
       <c r="P14" s="8">
-        <v>151.39</v>
+        <v>0</v>
       </c>
       <c r="Q14" s="8">
-        <v>34.08</v>
+        <v>0</v>
       </c>
       <c r="R14" s="8"/>
       <c r="S14" s="8"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A14:N14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>