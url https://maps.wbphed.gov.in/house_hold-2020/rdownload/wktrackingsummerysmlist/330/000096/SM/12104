--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -871,54 +871,54 @@
         <v>26</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4">
         <v>4003202432</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>4.77</v>
       </c>
       <c r="Q3" s="4">
-        <v>4.77</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -932,54 +932,54 @@
         <v>32</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4">
         <v>4003202773</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P4" s="4">
         <v>5.6</v>
       </c>
       <c r="Q4" s="4">
-        <v>5.6</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1054,54 +1054,54 @@
       <c r="I6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P6" s="4">
         <v>25.17</v>
       </c>
       <c r="Q6" s="4">
-        <v>20.43</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>81.18</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>87</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1178,54 +1178,54 @@
       <c r="I8" s="13" t="s">
         <v>57</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>58</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P8" s="4">
         <v>4.8</v>
       </c>
       <c r="Q8" s="4">
-        <v>1.18</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>24.69</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1241,54 +1241,54 @@
       <c r="I9" s="13" t="s">
         <v>65</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>58</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P9" s="4">
         <v>2.6</v>
       </c>
       <c r="Q9" s="4">
-        <v>0.4</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>15.35</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1428,88 +1428,88 @@
       <c r="I12" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>84</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>85</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>86</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>87</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P12" s="4">
         <v>223.52</v>
       </c>
       <c r="Q12" s="4">
-        <v>140.14</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>62.7</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>80</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="7" t="s">
         <v>88</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="11"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8">
         <v>311.12</v>
       </c>
       <c r="P13" s="8">
-        <v>172.53</v>
+        <v>0</v>
       </c>
       <c r="Q13" s="8">
-        <v>55.45</v>
+        <v>0</v>
       </c>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>