--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -149,51 +149,51 @@
   <si>
     <t>30/09/2023</t>
   </si>
   <si>
     <t>EXECUTIVE ENGINEER, PWD, UTTAR DINAJPUR</t>
   </si>
   <si>
     <t>Implementation of BARAKHANTI and it's adjoining mouzas Pipe Water Supply Scheme at Islampur Block of Uttar Dinajpur District under Raiganj Division.</t>
   </si>
   <si>
     <t>Assistant Engineer ISD</t>
   </si>
   <si>
     <t>Junior Engineer, ISD</t>
   </si>
   <si>
     <t>ORD/000253/2022-2023</t>
   </si>
   <si>
     <t>297/RD/PHE</t>
   </si>
   <si>
     <t>01/02/2023</t>
   </si>
   <si>
-    <t>31/07/2024</t>
+    <t>28/03/2025</t>
   </si>
   <si>
     <t>UNIVERSAL ENGINEERS CO-OPERATIVE SOCIETY LTD. MAJUMDERSUBHANDU1976@GMAIL.COM</t>
   </si>
   <si>
     <t>Malda Mechanical</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components at T/W no. I , &amp; II and making compound lighting arrangement at T/W no. I of Barakhanti Water Supply Scheme in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (TSM/013549)</t>
   </si>
   <si>
     <t>Assistant Engineer - I</t>
   </si>
   <si>
     <t>Junior Engineer-02</t>
   </si>
   <si>
     <t>ORD/000220/2023-2024</t>
   </si>
   <si>
     <t>2210/MLMD</t>
   </si>
   <si>
     <t>18/07/2023</t>
   </si>