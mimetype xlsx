--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1014,54 +1014,54 @@
       <c r="I6" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P6" s="4">
         <v>617.49</v>
       </c>
       <c r="Q6" s="4">
-        <v>128.54</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>20.82</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>30</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>47</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1077,54 +1077,54 @@
       <c r="I7" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>50</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P7" s="4">
         <v>27.22</v>
       </c>
       <c r="Q7" s="4">
-        <v>19.97</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>73.34</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>73</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1179,51 +1179,53 @@
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="13" t="s">
         <v>63</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>64</v>
       </c>
-      <c r="J9" s="13"/>
+      <c r="J9" s="13" t="s">
+        <v>41</v>
+      </c>
       <c r="K9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P9" s="4">
         <v>31.05</v>
       </c>
       <c r="Q9" s="4">
         <v>0</v>
       </c>
       <c r="R9" s="4">
         <v>0</v>
       </c>
       <c r="S9" s="4">
@@ -1296,54 +1298,54 @@
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
         <v>76</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>774.02</v>
       </c>
       <c r="P11" s="8">
-        <v>148.51</v>
+        <v>0</v>
       </c>
       <c r="Q11" s="8">
-        <v>19.19</v>
+        <v>0</v>
       </c>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>