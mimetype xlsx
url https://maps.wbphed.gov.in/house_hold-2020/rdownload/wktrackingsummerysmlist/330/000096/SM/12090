--- v0 (2025-12-13)
+++ v1 (2026-01-12)
@@ -224,51 +224,51 @@
   <si>
     <t>18/07/2023</t>
   </si>
   <si>
     <t>27/11/2025</t>
   </si>
   <si>
     <t>M/S D.G.B. ENTERPRISE.</t>
   </si>
   <si>
     <t>Hiring of Additional well-maintained Diesel Maxi Cab (Non-A.C. vehicle no. WB58CB7128) for the office of the Assistant Engineer, Islampur Sub-Division, P.H.E. Dte. for the purpose of supervision of JJM works having jurisdiction over the entire Islampur Sub-Division, P.H.E. Dte. under Raiganj Division, P.H.E. Dte. in the District of Uttar Dinajpur. For 6(Six) Month.</t>
   </si>
   <si>
     <t>ORD/000523/2024-2025</t>
   </si>
   <si>
     <t>95/RD/PHE</t>
   </si>
   <si>
     <t>08/01/2025</t>
   </si>
   <si>
     <t>08/07/2025</t>
   </si>
   <si>
-    <t>M/S GHOSH AND CO.</t>
+    <t>GHOSH &amp; BROTHERS DEVCON PRIVATE LIMITED</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -679,51 +679,51 @@
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:W10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="35.2771" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="47.131348" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.422852" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>