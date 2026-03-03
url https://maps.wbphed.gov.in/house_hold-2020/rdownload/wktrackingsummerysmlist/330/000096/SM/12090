--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1062,54 +1062,54 @@
       <c r="I7" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>50</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P7" s="4">
         <v>707.12</v>
       </c>
       <c r="Q7" s="4">
-        <v>139.18</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>19.68</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>65</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>56</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1125,54 +1125,54 @@
       <c r="I8" s="13" t="s">
         <v>58</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>59</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P8" s="4">
         <v>27.21</v>
       </c>
       <c r="Q8" s="4">
-        <v>16.37</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>60.15</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>65</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1222,54 +1222,54 @@
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="7" t="s">
         <v>71</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="11"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8">
         <v>892.1</v>
       </c>
       <c r="P10" s="8">
-        <v>155.55</v>
+        <v>0</v>
       </c>
       <c r="Q10" s="8">
-        <v>17.44</v>
+        <v>0</v>
       </c>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>