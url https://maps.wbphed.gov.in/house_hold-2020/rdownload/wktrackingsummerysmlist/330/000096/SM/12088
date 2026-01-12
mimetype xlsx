--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -179,132 +179,114 @@
   <si>
     <t>Quotation for new service connection at Pothia PH-II (Islampur ccc) district Uttar Dinajpur.</t>
   </si>
   <si>
     <t>BILL/03560/2023-2024</t>
   </si>
   <si>
     <t>BP-2023-24-590</t>
   </si>
   <si>
     <t>22/02/2024</t>
   </si>
   <si>
     <t>W.B.S.E.D.C.LTD</t>
   </si>
   <si>
     <t>Quotation for new service connection at Pothia PH-I (Islampur ccc)</t>
   </si>
   <si>
     <t>BILL/03559/2023-2024</t>
   </si>
   <si>
     <t>BP-2023-24-589</t>
   </si>
   <si>
-    <t>Construction of Approach Road at Head Work Site, &amp; 2nd Tube-Well Site under New Scheme of Pothia PWSS at Islampur Block under Raiganj Division, PHE Dte.</t>
+    <t>Implementation of POTHIA and it's adjoining mouzas Pipe Water Supply Scheme at ISLAMPUR Block of Uttar Dinajpur District under Raiganj Division.(Sinking of Tube Well, Laying of Rising Main, Laying Distribution pipe line, Providing Functional house Hold Tap Connections, OHR, Pump House Head Work, 2nd Tube Well.)</t>
+  </si>
+  <si>
+    <t>Assistant Engineer ISD</t>
+  </si>
+  <si>
+    <t>Junior Engineer, ISD</t>
+  </si>
+  <si>
+    <t>ORD/000332/2022-2023</t>
+  </si>
+  <si>
+    <t>675/RD/PHE</t>
+  </si>
+  <si>
+    <t>06/03/2023</t>
+  </si>
+  <si>
+    <t>25/10/2025</t>
+  </si>
+  <si>
+    <t>UJJWAL DAS</t>
+  </si>
+  <si>
+    <t>Laying of Additional pipeline with other ancillary works at different mouzas of POTHIA PWSS under Islampur Sub-Division P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer ISD,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
+  </si>
+  <si>
+    <t>ORD/000370/2024-2025</t>
+  </si>
+  <si>
+    <t>3489/RD/PHE</t>
+  </si>
+  <si>
+    <t>02/12/2024</t>
+  </si>
+  <si>
+    <t>02/03/2025</t>
+  </si>
+  <si>
+    <t>Continuation Order Hiring of Additional well-maintained Diesel Maxi Cab (Non-A.C., Vehicle no. WB59 D0577) for the office of the Assistant Engineer, Islampur Sub-Division, P.H.E. Dte. for the purpose of supervision of JJM works having jurisdiction over the entire Islampur Sub-Division, P.H.E. Dte. under Raiganj Division, P.H.E. Dte. in the District of Uttar Dinajpur. Period for 05/10/2024 to 14/01/2025.</t>
+  </si>
+  <si>
+    <t>ORD/000357/2024-2025</t>
+  </si>
+  <si>
+    <t>3041/RD/PHE</t>
+  </si>
+  <si>
+    <t>03/10/2024</t>
+  </si>
+  <si>
+    <t>13/01/2025</t>
+  </si>
+  <si>
+    <t>SISIR KUMAR DUTTA</t>
+  </si>
+  <si>
+    <t>Designing, Supplying, Febrication, Erection on suitable RCC foundation, commissioning with 3(three) months Trial Run (including cost of routine testing of water sample and flow/hr for performance evaluation) of pressure type Iron Removal Plant as per design norms of CPHEEO(latest) with necessary accessories for Pothia Water Supply Scheme at Islampur Block under Raiganj Division, P.H.E. Dte. Dist:- Uttar Dinajpur, Capacity- 70 M3/hr.</t>
   </si>
   <si>
     <t>Assistant Engineer HQ,Assistant Engineer ISD,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
-  </si>
-[...76 lines deleted...]
-    <t>Designing, Supplying, Febrication, Erection on suitable RCC foundation, commissioning with 3(three) months Trial Run (including cost of routine testing of water sample and flow/hr for performance evaluation) of pressure type Iron Removal Plant as per design norms of CPHEEO(latest) with necessary accessories for Pothia Water Supply Scheme at Islampur Block under Raiganj Division, P.H.E. Dte. Dist:- Uttar Dinajpur, Capacity- 70 M3/hr.</t>
   </si>
   <si>
     <t>ORD/000317/2025-2026</t>
   </si>
   <si>
     <t>1986/RD/PHE</t>
   </si>
   <si>
     <t>04/07/2025</t>
   </si>
   <si>
     <t>31/12/2025</t>
   </si>
   <si>
     <t>AJIT PRAMANIK</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -708,73 +690,73 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W13"/>
+  <dimension ref="A1:W12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="48.273926" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.422852" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
@@ -1152,371 +1134,310 @@
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H8" s="13" t="s">
         <v>55</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>56</v>
       </c>
-      <c r="J8" s="13"/>
+      <c r="J8" s="13" t="s">
+        <v>57</v>
+      </c>
       <c r="K8" s="4" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="L8" s="4" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="M8" s="4" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="N8" s="4" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="O8" s="4" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="P8" s="4">
-        <v>6.18</v>
+        <v>511.92</v>
       </c>
       <c r="Q8" s="4">
-        <v>0</v>
+        <v>277.34</v>
       </c>
       <c r="R8" s="4">
-        <v>0</v>
+        <v>54.18</v>
       </c>
       <c r="S8" s="4">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="13" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="I9" s="13" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="J9" s="13" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O9" s="4" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="P9" s="4">
-        <v>511.92</v>
+        <v>36.3</v>
       </c>
       <c r="Q9" s="4">
-        <v>277.34</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>54.18</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="13" t="s">
+        <v>69</v>
+      </c>
+      <c r="I10" s="13" t="s">
+        <v>56</v>
+      </c>
+      <c r="J10" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="K10" s="4" t="s">
         <v>70</v>
       </c>
-      <c r="I10" s="13" t="s">
+      <c r="L10" s="4" t="s">
         <v>71</v>
       </c>
-      <c r="J10" s="13" t="s">
-[...2 lines deleted...]
-      <c r="K10" s="4" t="s">
+      <c r="M10" s="4" t="s">
         <v>72</v>
       </c>
-      <c r="L10" s="4" t="s">
+      <c r="N10" s="4" t="s">
         <v>73</v>
       </c>
-      <c r="M10" s="4" t="s">
+      <c r="O10" s="4" t="s">
         <v>74</v>
       </c>
-      <c r="N10" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P10" s="4">
-        <v>36.3</v>
+        <v>1.35</v>
       </c>
       <c r="Q10" s="4">
-        <v>0</v>
+        <v>0.19</v>
       </c>
       <c r="R10" s="4">
-        <v>0</v>
+        <v>13.89</v>
       </c>
       <c r="S10" s="4">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H11" s="13" t="s">
+        <v>75</v>
+      </c>
+      <c r="I11" s="13" t="s">
         <v>76</v>
       </c>
-      <c r="I11" s="13" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P11" s="4">
-        <v>1.35</v>
+        <v>30.94</v>
       </c>
       <c r="Q11" s="4">
-        <v>0.19</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>13.89</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
-      <c r="A12" s="3">
-[...20 lines deleted...]
-      <c r="H12" s="13" t="s">
+      <c r="A12" s="7" t="s">
         <v>82</v>
       </c>
-      <c r="I12" s="13" t="s">
-[...29 lines deleted...]
-      </c>
+      <c r="B12" s="7"/>
+      <c r="C12" s="7"/>
+      <c r="D12" s="7"/>
+      <c r="E12" s="11"/>
+      <c r="F12" s="7"/>
+      <c r="G12" s="7"/>
+      <c r="H12" s="14"/>
+      <c r="I12" s="14"/>
+      <c r="J12" s="14"/>
+      <c r="K12" s="8"/>
+      <c r="L12" s="8"/>
+      <c r="M12" s="8"/>
+      <c r="N12" s="8"/>
+      <c r="O12" s="8">
+        <v>695.67</v>
+      </c>
+      <c r="P12" s="8">
+        <v>292.09</v>
+      </c>
+      <c r="Q12" s="8">
+        <v>41.99</v>
+      </c>
+      <c r="R12" s="8"/>
+      <c r="S12" s="8"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
-    <row r="13" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A13:N13"/>
+    <mergeCell ref="A12:N12"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>