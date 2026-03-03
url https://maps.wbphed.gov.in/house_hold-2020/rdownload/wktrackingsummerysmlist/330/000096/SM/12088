--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -914,54 +914,54 @@
       <c r="I4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P4" s="4">
         <v>27.17</v>
       </c>
       <c r="Q4" s="4">
-        <v>14.56</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>53.6</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>54</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1156,54 +1156,54 @@
       <c r="I8" s="13" t="s">
         <v>56</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>57</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P8" s="4">
         <v>511.92</v>
       </c>
       <c r="Q8" s="4">
-        <v>277.34</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>54.18</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>20</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1282,54 +1282,54 @@
       <c r="I10" s="13" t="s">
         <v>56</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>57</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P10" s="4">
         <v>1.35</v>
       </c>
       <c r="Q10" s="4">
-        <v>0.19</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>13.89</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1377,54 +1377,54 @@
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="7" t="s">
         <v>82</v>
       </c>
       <c r="B12" s="7"/>
       <c r="C12" s="7"/>
       <c r="D12" s="7"/>
       <c r="E12" s="11"/>
       <c r="F12" s="7"/>
       <c r="G12" s="7"/>
       <c r="H12" s="14"/>
       <c r="I12" s="14"/>
       <c r="J12" s="14"/>
       <c r="K12" s="8"/>
       <c r="L12" s="8"/>
       <c r="M12" s="8"/>
       <c r="N12" s="8"/>
       <c r="O12" s="8">
         <v>695.67</v>
       </c>
       <c r="P12" s="8">
-        <v>292.09</v>
+        <v>0</v>
       </c>
       <c r="Q12" s="8">
-        <v>41.99</v>
+        <v>0</v>
       </c>
       <c r="R12" s="8"/>
       <c r="S12" s="8"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A12:N12"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>