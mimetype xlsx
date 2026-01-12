--- v0 (2025-12-14)
+++ v1 (2026-01-12)
@@ -245,51 +245,51 @@
   <si>
     <t>19/04/2024</t>
   </si>
   <si>
     <t>M/S LUCKY CONSTRUCTION</t>
   </si>
   <si>
     <t>Implementation of DURGAPUR and it's adjoining mouzas Pipe Water Supply Scheme at Islampur Block of Uttar Dinajpur District under Raiganj Division.(Sinking of Tube Well, Laying of Rising Main, Laying Distribution pipe line, Providing Functional house Hold Tap Connections, OHR, Pump House Head Work,2nd &amp; 3rd Tube Well.)</t>
   </si>
   <si>
     <t>Assistant Engineer ISD</t>
   </si>
   <si>
     <t>Junior Engineer, ISD</t>
   </si>
   <si>
     <t>ORD/000301/2022-2023</t>
   </si>
   <si>
     <t>550/RD/PHE</t>
   </si>
   <si>
     <t>23/02/2023</t>
   </si>
   <si>
-    <t>12/02/2025</t>
+    <t>10/10/2025</t>
   </si>
   <si>
     <t>UJJWAL DAS NAMEDUTTA@GMAIL.COM</t>
   </si>
   <si>
     <t>Providing FHTC in connection with Durgapur Pipe Water Supply Scheme at Islampur Block of Uttar Dinajpur District under Raiganj Division.(New PWSS)</t>
   </si>
   <si>
     <t>ORD/000508/2024-2025</t>
   </si>
   <si>
     <t>53/RD/PHE</t>
   </si>
   <si>
     <t>03/01/2025</t>
   </si>
   <si>
     <t>17/02/2025</t>
   </si>
   <si>
     <t>APEX ENTERPRISES</t>
   </si>
   <si>
     <t>Designing, Supplying, Febrication, Erection on suitable RCC foundation, commissioning with 3(three) months Trial Run (including cost of routine testing of water sample and flow/hr for performance evaluation) of pressure type Iron Removal Plant as per design norms of CPHEEO(latest) with necessary accessories for Durgapur Water Supply Scheme at Islampur Block under Raiganj Division, P.H.E. Dte. Dist:- Uttar Dinajpur, Capacity- 45 M3/hr.</t>
   </si>