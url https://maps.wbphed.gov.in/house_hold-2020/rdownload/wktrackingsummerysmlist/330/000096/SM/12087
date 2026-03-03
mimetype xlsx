--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -946,54 +946,54 @@
         <v>34</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4">
         <v>4003226066</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>4.38</v>
       </c>
       <c r="Q4" s="4">
-        <v>4.38</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1007,54 +1007,54 @@
         <v>39</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4">
         <v>4003226068</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P5" s="4">
         <v>8.15</v>
       </c>
       <c r="Q5" s="4">
-        <v>8.15</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1371,54 +1371,54 @@
       <c r="I11" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>73</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="P11" s="4">
         <v>341.08</v>
       </c>
       <c r="Q11" s="4">
-        <v>128.44</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>37.66</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>38</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1527,54 +1527,54 @@
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="7" t="s">
         <v>92</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="11"/>
       <c r="F14" s="7"/>
       <c r="G14" s="7"/>
       <c r="H14" s="14"/>
       <c r="I14" s="14"/>
       <c r="J14" s="14"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
       <c r="M14" s="8"/>
       <c r="N14" s="8"/>
       <c r="O14" s="8">
         <v>487.5</v>
       </c>
       <c r="P14" s="8">
-        <v>140.97</v>
+        <v>0</v>
       </c>
       <c r="Q14" s="8">
-        <v>28.92</v>
+        <v>0</v>
       </c>
       <c r="R14" s="8"/>
       <c r="S14" s="8"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A14:N14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>