--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -107,138 +107,138 @@
   <si>
     <t>PASCHIM CHUTIAKHOR Piped Water Supply Scheme at Chopra Block</t>
   </si>
   <si>
     <t>SM/12085</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>Material Requisition To Resource Division</t>
   </si>
   <si>
     <t>RTOR000173/2022-2023</t>
   </si>
   <si>
     <t>967/RD/PHE</t>
   </si>
   <si>
     <t>29/03/2023</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
+    <t>Malda Mechanical</t>
+  </si>
+  <si>
+    <t>Supply, installation, commissioning and trial operation of electro-mechanical components at T/W no. I , &amp; II and making compound lighting arrangement at T/W no. I of Paschim Chutiakhore Water Supply Scheme in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (TSM/014265)</t>
+  </si>
+  <si>
+    <t>Assistant Engineer - I</t>
+  </si>
+  <si>
+    <t>Junior Engineer-02</t>
+  </si>
+  <si>
+    <t>ORD/000234/2023-2024</t>
+  </si>
+  <si>
+    <t>2217/MLMD</t>
+  </si>
+  <si>
+    <t>18/07/2023</t>
+  </si>
+  <si>
+    <t>06/11/2025</t>
+  </si>
+  <si>
+    <t>EASTERN INDIA SALES &amp; SERVICE.</t>
+  </si>
+  <si>
+    <t>Sinking of Tube Well, laying of rising main &amp; distribution system, providing FHTC ,construction of Over Head Reservoir over Pile / Raft Foundation including subsoil investigation, construction of Pump House, Chlorine room, Boundary Wall &amp; Approach Road and allied works for 19 nos. Piped water supply Schemes within CHOPRA Dev. Block of Uttar Dinajpur District under Raiganj Division PHE Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer ISD</t>
+  </si>
+  <si>
+    <t>Junior Engineer, ISD</t>
+  </si>
+  <si>
+    <t>ORD/000372/2023-2024</t>
+  </si>
+  <si>
+    <t>2567/RD/PHE</t>
+  </si>
+  <si>
+    <t>01/09/2023</t>
+  </si>
+  <si>
+    <t>14/11/2025</t>
+  </si>
+  <si>
+    <t>ROY ENGINEERS. (PATNA)</t>
+  </si>
+  <si>
+    <t>Laying of additional pipeline for improving FHTC with ancillary works at different mouzas at PASCHIM CHUTIYAKHOR PWSS Of CHOPRA Block under Islampur Sub-Division P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer HQ,Assistant Engineer ISD,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
+  </si>
+  <si>
+    <t>ORD/000015/2025-2026</t>
+  </si>
+  <si>
+    <t>1209/RD/PHE</t>
+  </si>
+  <si>
+    <t>25/04/2025</t>
+  </si>
+  <si>
+    <t>09/06/2025</t>
+  </si>
+  <si>
+    <t>RHYNO INFRASTRUCTURE</t>
+  </si>
+  <si>
     <t>Providing FHTC in connection with Paschim Chutikhore Pipe Water Supply Scheme at Chopra Block of Uttar Dinajpur District under Raiganj Division.</t>
   </si>
   <si>
-    <t>Assistant Engineer HQ,Assistant Engineer ISD,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
-[...1 lines deleted...]
-  <si>
     <t>ORD/000273/2025-2026</t>
   </si>
   <si>
     <t>2162/RD/PHE</t>
   </si>
   <si>
     <t>23/07/2025</t>
   </si>
   <si>
     <t>21/10/2025</t>
   </si>
   <si>
     <t>M/S MAA BOLLA CONSTRUCTION</t>
-  </si>
-[...67 lines deleted...]
-    <t>RHYNO INFRASTRUCTURE</t>
   </si>
   <si>
     <t>Designing, Supplying, Febrication, Erection on suitable RCC foundation, commissioning with 3(three) months Trial Run (including cost of routine testing of water sample and flow/hr for performance evaluation) of pressure type Iron Removal Plant as per design norms of CPHEEO(latest) with necessary accessories for Paschim Chutiakhore Water Supply Scheme at Chopra Block under Raiganj Division, P.H.E. Dte. Dist:- Uttar Dinajpur, Capacity- 70 M3/hr.</t>
   </si>
   <si>
     <t>ORD/000412/2025-2026</t>
   </si>
   <si>
     <t>2511/RD/PHE</t>
   </si>
   <si>
     <t>12/09/2025</t>
   </si>
   <si>
     <t>11/03/2026</t>
   </si>
   <si>
     <t>MONDAL PRECISION PRIVATE LIMITED</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
@@ -830,314 +830,314 @@
       <c r="Q3" s="4">
         <v>0</v>
       </c>
       <c r="R3" s="4">
         <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H4" s="13" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="I4" s="13" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="J4" s="13"/>
+        <v>33</v>
+      </c>
+      <c r="J4" s="13" t="s">
+        <v>34</v>
+      </c>
       <c r="K4" s="4" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N4" s="4" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="O4" s="4" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P4" s="4">
-        <v>8.62</v>
+        <v>27.21</v>
       </c>
       <c r="Q4" s="4">
         <v>0</v>
       </c>
       <c r="R4" s="4">
         <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H5" s="13" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I5" s="13" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="J5" s="13" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="K5" s="4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="L5" s="4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="M5" s="4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="N5" s="4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="O5" s="4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="P5" s="4">
-        <v>27.21</v>
+        <v>7213.93</v>
       </c>
       <c r="Q5" s="4">
         <v>0</v>
       </c>
       <c r="R5" s="4">
         <v>0</v>
       </c>
       <c r="S5" s="4">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H6" s="13" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="I6" s="13" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="J6" s="13" t="s">
         <v>49</v>
       </c>
+      <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P6" s="4">
-        <v>7213.93</v>
+        <v>59.96</v>
       </c>
       <c r="Q6" s="4">
         <v>0</v>
       </c>
       <c r="R6" s="4">
         <v>0</v>
       </c>
       <c r="S6" s="4">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H7" s="13" t="s">
         <v>55</v>
       </c>
       <c r="I7" s="13" t="s">
-        <v>32</v>
+        <v>49</v>
       </c>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P7" s="4">
-        <v>59.96</v>
+        <v>8.62</v>
       </c>
       <c r="Q7" s="4">
         <v>0</v>
       </c>
       <c r="R7" s="4">
         <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H8" s="13" t="s">
         <v>61</v>
       </c>
       <c r="I8" s="13" t="s">
-        <v>32</v>
+        <v>49</v>
       </c>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P8" s="4">
         <v>30.95</v>
       </c>
       <c r="Q8" s="4">
         <v>0</v>
       </c>
       <c r="R8" s="4">
         <v>0</v>