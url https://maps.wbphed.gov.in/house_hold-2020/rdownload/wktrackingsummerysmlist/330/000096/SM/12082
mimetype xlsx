--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -158,111 +158,111 @@
   <si>
     <t>Quotation for new service connection at KATAGAON PH-I (Chopra ccc) in the district of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (SM/12082)</t>
   </si>
   <si>
     <t>BILL/01072/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-311</t>
   </si>
   <si>
     <t>05/06/2024</t>
   </si>
   <si>
     <t>W.B.S.E.D.C.LTD</t>
   </si>
   <si>
     <t>Quotation for new service connection at KATAGAON PH-II (Chopra ccc) in the district of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (SM/12082)</t>
   </si>
   <si>
     <t>BILL/01075/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-312</t>
   </si>
   <si>
+    <t>Sinking of Tube Well, laying of rising main &amp; distribution system, providing FHTC ,construction of Over Head Reservoir over Pile / Raft Foundation including subsoil investigation, construction of Pump House, Chlorine room, Boundary Wall &amp; Approach Road and allied works for 19 nos. Piped water supply Schemes within CHOPRA Dev. Block of Uttar Dinajpur District under Raiganj Division PHE Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer ISD</t>
+  </si>
+  <si>
+    <t>Junior Engineer, ISD</t>
+  </si>
+  <si>
+    <t>ORD/000372/2023-2024</t>
+  </si>
+  <si>
+    <t>2567/RD/PHE</t>
+  </si>
+  <si>
+    <t>01/09/2023</t>
+  </si>
+  <si>
+    <t>14/11/2025</t>
+  </si>
+  <si>
+    <t>ROY ENGINEERS. (PATNA)</t>
+  </si>
+  <si>
+    <t>Providing FHTC in connection with Katagaon Pipe Water Supply Scheme at Chopra Block of Uttar Dinajpur District under Raiganj Division.(New PWSS)</t>
+  </si>
+  <si>
+    <t>Assistant Engineer HQ,Assistant Engineer ISD,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
+  </si>
+  <si>
+    <t>ORD/000003/2025-2026</t>
+  </si>
+  <si>
+    <t>1174/RD/PHE</t>
+  </si>
+  <si>
+    <t>23/04/2025</t>
+  </si>
+  <si>
+    <t>08/05/2025</t>
+  </si>
+  <si>
+    <t>DIPANKAR SARKAR</t>
+  </si>
+  <si>
     <t>Laying of additional pipeline for improving FHTC with ancillary works at different mouzas at KATAGAON PWSS Of CHOPRA Block under Islampur Sub-Division P.H.E. Dte.</t>
   </si>
   <si>
-    <t>Assistant Engineer HQ,Assistant Engineer ISD,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
-[...1 lines deleted...]
-  <si>
     <t>ORD/000387/2025-2026</t>
   </si>
   <si>
     <t>2161/RD/PHE</t>
   </si>
   <si>
     <t>23/07/2025</t>
   </si>
   <si>
     <t>19/01/2026</t>
   </si>
   <si>
     <t>M/S SACHIN KUMAR</t>
-  </si>
-[...40 lines deleted...]
-    <t>DIPANKAR SARKAR</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1034,192 +1034,192 @@
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H7" s="13" t="s">
         <v>48</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>49</v>
       </c>
-      <c r="J7" s="13"/>
+      <c r="J7" s="13" t="s">
+        <v>50</v>
+      </c>
       <c r="K7" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="P7" s="4">
-        <v>32.55</v>
+        <v>7213.93</v>
       </c>
       <c r="Q7" s="4">
-        <v>0</v>
+        <v>98.26</v>
       </c>
       <c r="R7" s="4">
-        <v>0</v>
+        <v>1.36</v>
       </c>
       <c r="S7" s="4">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H8" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="I8" s="13" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="J8" s="13" t="s">
         <v>57</v>
       </c>
+      <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P8" s="4">
-        <v>7213.93</v>
+        <v>6.94</v>
       </c>
       <c r="Q8" s="4">
-        <v>98.26</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>1.36</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="13" t="s">
         <v>63</v>
       </c>
       <c r="I9" s="13" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P9" s="4">
-        <v>6.94</v>
+        <v>32.55</v>
       </c>
       <c r="Q9" s="4">
         <v>0</v>
       </c>
       <c r="R9" s="4">
         <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="7" t="s">
         <v>69</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="11"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>