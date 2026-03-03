--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -875,54 +875,54 @@
       <c r="I4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P4" s="4">
         <v>27.22</v>
       </c>
       <c r="Q4" s="4">
-        <v>17.5</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>64.29</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>74</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1056,54 +1056,54 @@
       <c r="I7" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>50</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P7" s="4">
         <v>7213.93</v>
       </c>
       <c r="Q7" s="4">
-        <v>98.26</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>1.36</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>30</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1212,54 +1212,54 @@
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="7" t="s">
         <v>69</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="11"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8">
         <v>7326.9</v>
       </c>
       <c r="P10" s="8">
-        <v>115.76</v>
+        <v>0</v>
       </c>
       <c r="Q10" s="8">
-        <v>1.58</v>
+        <v>0</v>
       </c>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>