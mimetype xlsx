--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -209,162 +209,162 @@
   <si>
     <t>11/09/2024</t>
   </si>
   <si>
     <t>10/12/2024</t>
   </si>
   <si>
     <t>S.P. ENTERPRISE (KOLKATA)</t>
   </si>
   <si>
     <t>Quotation for new service connection at MARNAI PH-III (Itahar ccc) in the district of Uttar Dinajpur under Malda Mechanical Division, PHE Dte.</t>
   </si>
   <si>
     <t>BILL/00031/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-62</t>
   </si>
   <si>
     <t>09/04/2024</t>
   </si>
   <si>
     <t>W.B.S.E.D.C.LTD</t>
   </si>
   <si>
+    <t>Augmentation work of MARNAI and it's adjoining mouzas Piped Water Supply Scheme at Itahar Block of Uttar Dinajpur District under Raiganj Division, P.H.E. Dte., Govt. of West Bengal.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer HQ,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
+  </si>
+  <si>
+    <t>Junior Engineer RWS HQ,Junior Engineer, RSD</t>
+  </si>
+  <si>
+    <t>ORD/000099/2022-2023</t>
+  </si>
+  <si>
+    <t>1546/RD/PHE</t>
+  </si>
+  <si>
+    <t>26/08/2022</t>
+  </si>
+  <si>
+    <t>08/01/2023</t>
+  </si>
+  <si>
+    <t>Supply, installation and commissioning of electro-mechanical components of Augmentation of MARNAI Water Supply Scheme T/W no. I in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (TSM/011419)</t>
+  </si>
+  <si>
+    <t>ORD/000221/2023-2024</t>
+  </si>
+  <si>
+    <t>2204/MLMD</t>
+  </si>
+  <si>
+    <t>18/07/2023</t>
+  </si>
+  <si>
+    <t>28/12/2025</t>
+  </si>
+  <si>
+    <t>MERCURY ENGINEERING COMPANY.</t>
+  </si>
+  <si>
+    <t>Supply, installation and commissioning of electro-mechanical components of Augmentation of MARNAI Water Supply Scheme T/W no. II in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (TSM/011419)</t>
+  </si>
+  <si>
+    <t>ORD/000224/2023-2024</t>
+  </si>
+  <si>
+    <t>2205/MLMD</t>
+  </si>
+  <si>
+    <t>01/01/2025</t>
+  </si>
+  <si>
+    <t>MANIK CHANDRA SAHA.</t>
+  </si>
+  <si>
+    <t>Construction of Pump House (size 4.10 m x 3.50 m outer to outer) with sanitary and water supply arrangement according to departmental drawing with toilet at 3nd Tube-Well Site in connection with Augmentation of Marnai PWSS</t>
+  </si>
+  <si>
+    <t>Assistant Engineer RSD,Assistant Engineer RWS SD</t>
+  </si>
+  <si>
+    <t>ORD/000290/2023-2024</t>
+  </si>
+  <si>
+    <t>2363/RD/PHE</t>
+  </si>
+  <si>
+    <t>11/08/2023</t>
+  </si>
+  <si>
+    <t>10/10/2023</t>
+  </si>
+  <si>
+    <t>Construction of Approach Road,Boundary Wall,Fhtc And Other Allied Works Of Marnai Pwss Within Itahar Block Under Raiganj Division P.H.E. Dte., Raiganj, Uttar Dinajpur.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer ISD,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
+  </si>
+  <si>
+    <t>Junior Engineer RWS HQ</t>
+  </si>
+  <si>
+    <t>ORD/000403/2024-2025</t>
+  </si>
+  <si>
+    <t>3573/RD/PHE</t>
+  </si>
+  <si>
+    <t>05/12/2024</t>
+  </si>
+  <si>
+    <t>06/03/2025</t>
+  </si>
+  <si>
+    <t>M/S LOKENATH CONSTRUCTION (SUDARSHANPUR)</t>
+  </si>
+  <si>
     <t>Designing, Supplying, Febrication, Erection on suitable RCC foundation, commissioning with 3(three) months Trial Run (including cost of routine testing of water sample and flow/hr for performance evaluation) of pressure type Iron Removal Plant as per design norms of CPHEEO(latest) with necessary accessories for Marnai Water Supply Scheme at Itahar Block under Raiganj Division, P.H.E. Dte. Dist:- Uttar Dinajpur, Capacity- 90 M3/hr.</t>
   </si>
   <si>
     <t>Assistant Engineer HQ,Assistant Engineer ISD,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
   </si>
   <si>
     <t>ORD/000280/2025-2026</t>
   </si>
   <si>
     <t>2207/RD/PHE</t>
   </si>
   <si>
     <t>29/07/2025</t>
   </si>
   <si>
     <t>25/01/2026</t>
-  </si>
-[...94 lines deleted...]
-    <t>06/03/2025</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1252,373 +1252,373 @@
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H9" s="13" t="s">
         <v>65</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>66</v>
       </c>
-      <c r="J9" s="13"/>
+      <c r="J9" s="13" t="s">
+        <v>67</v>
+      </c>
       <c r="K9" s="4" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="L9" s="4" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="M9" s="4" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="N9" s="4" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="O9" s="4" t="s">
-        <v>71</v>
+        <v>32</v>
       </c>
       <c r="P9" s="4">
-        <v>33.6</v>
+        <v>354.98</v>
       </c>
       <c r="Q9" s="4">
-        <v>0</v>
+        <v>182.19</v>
       </c>
       <c r="R9" s="4">
-        <v>0</v>
+        <v>51.32</v>
       </c>
       <c r="S9" s="4">
-        <v>0</v>
+        <v>55</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H10" s="13" t="s">
         <v>72</v>
       </c>
       <c r="I10" s="13" t="s">
+        <v>46</v>
+      </c>
+      <c r="J10" s="13" t="s">
+        <v>47</v>
+      </c>
+      <c r="K10" s="4" t="s">
         <v>73</v>
       </c>
-      <c r="J10" s="13" t="s">
+      <c r="L10" s="4" t="s">
         <v>74</v>
       </c>
-      <c r="K10" s="4" t="s">
+      <c r="M10" s="4" t="s">
         <v>75</v>
       </c>
-      <c r="L10" s="4" t="s">
+      <c r="N10" s="4" t="s">
         <v>76</v>
       </c>
-      <c r="M10" s="4" t="s">
+      <c r="O10" s="4" t="s">
         <v>77</v>
       </c>
-      <c r="N10" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P10" s="4">
-        <v>354.98</v>
+        <v>10.53</v>
       </c>
       <c r="Q10" s="4">
-        <v>182.19</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>51.32</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
-        <v>55</v>
+        <v>81</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>44</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H11" s="13" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="I11" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K11" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="L11" s="4" t="s">
         <v>80</v>
       </c>
-      <c r="L11" s="4" t="s">
+      <c r="M11" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="N11" s="4" t="s">
         <v>81</v>
       </c>
-      <c r="M11" s="4" t="s">
+      <c r="O11" s="4" t="s">
         <v>82</v>
       </c>
-      <c r="N11" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P11" s="4">
-        <v>10.53</v>
+        <v>10.38</v>
       </c>
       <c r="Q11" s="4">
-        <v>0</v>
+        <v>9.1</v>
       </c>
       <c r="R11" s="4">
-        <v>0</v>
+        <v>87.67</v>
       </c>
       <c r="S11" s="4">
-        <v>81</v>
+        <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H12" s="13" t="s">
+        <v>83</v>
+      </c>
+      <c r="I12" s="13" t="s">
+        <v>84</v>
+      </c>
+      <c r="J12" s="13" t="s">
+        <v>67</v>
+      </c>
+      <c r="K12" s="4" t="s">
         <v>85</v>
       </c>
-      <c r="I12" s="13" t="s">
-[...5 lines deleted...]
-      <c r="K12" s="4" t="s">
+      <c r="L12" s="4" t="s">
         <v>86</v>
       </c>
-      <c r="L12" s="4" t="s">
+      <c r="M12" s="4" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O12" s="4" t="s">
-        <v>89</v>
+        <v>43</v>
       </c>
       <c r="P12" s="4">
-        <v>10.38</v>
+        <v>5.02</v>
       </c>
       <c r="Q12" s="4">
-        <v>9.1</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>87.67</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H13" s="13" t="s">
+        <v>89</v>
+      </c>
+      <c r="I13" s="13" t="s">
         <v>90</v>
       </c>
-      <c r="I13" s="13" t="s">
+      <c r="J13" s="13" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>92</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>93</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>94</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>95</v>
       </c>
       <c r="O13" s="4" t="s">
-        <v>43</v>
+        <v>96</v>
       </c>
       <c r="P13" s="4">
-        <v>5.02</v>
+        <v>41.84</v>
       </c>
       <c r="Q13" s="4">
         <v>0</v>
       </c>
       <c r="R13" s="4">
         <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H14" s="13" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="I14" s="13" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="J14" s="13" t="s">
         <v>98</v>
       </c>
+      <c r="J14" s="13"/>
       <c r="K14" s="4" t="s">
         <v>99</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>100</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>101</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>102</v>
       </c>
       <c r="O14" s="4" t="s">
-        <v>71</v>
+        <v>96</v>
       </c>
       <c r="P14" s="4">
-        <v>41.84</v>
+        <v>33.6</v>
       </c>
       <c r="Q14" s="4">
         <v>0</v>
       </c>
       <c r="R14" s="4">
         <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>103</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>