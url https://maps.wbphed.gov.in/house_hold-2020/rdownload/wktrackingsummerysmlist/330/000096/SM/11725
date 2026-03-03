--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -215,102 +215,105 @@
   <si>
     <t>S.P. ENTERPRISE (KOLKATA)</t>
   </si>
   <si>
     <t>Quotation for new service connection at MARNAI PH-III (Itahar ccc) in the district of Uttar Dinajpur under Malda Mechanical Division, PHE Dte.</t>
   </si>
   <si>
     <t>BILL/00031/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-62</t>
   </si>
   <si>
     <t>09/04/2024</t>
   </si>
   <si>
     <t>W.B.S.E.D.C.LTD</t>
   </si>
   <si>
     <t>Augmentation work of MARNAI and it's adjoining mouzas Piped Water Supply Scheme at Itahar Block of Uttar Dinajpur District under Raiganj Division, P.H.E. Dte., Govt. of West Bengal.</t>
   </si>
   <si>
     <t>Assistant Engineer HQ,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
   </si>
   <si>
+    <t>Junior Engineer RWS HQ,Junior Engineer, RSD ,Junior Engineer, RWS</t>
+  </si>
+  <si>
+    <t>ORD/000099/2022-2023</t>
+  </si>
+  <si>
+    <t>1546/RD/PHE</t>
+  </si>
+  <si>
+    <t>26/08/2022</t>
+  </si>
+  <si>
+    <t>08/01/2023</t>
+  </si>
+  <si>
+    <t>Supply, installation and commissioning of electro-mechanical components of Augmentation of MARNAI Water Supply Scheme T/W no. I in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (TSM/011419)</t>
+  </si>
+  <si>
+    <t>ORD/000221/2023-2024</t>
+  </si>
+  <si>
+    <t>2204/MLMD</t>
+  </si>
+  <si>
+    <t>18/07/2023</t>
+  </si>
+  <si>
+    <t>28/12/2025</t>
+  </si>
+  <si>
+    <t>MERCURY ENGINEERING COMPANY.</t>
+  </si>
+  <si>
+    <t>Supply, installation and commissioning of electro-mechanical components of Augmentation of MARNAI Water Supply Scheme T/W no. II in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (TSM/011419)</t>
+  </si>
+  <si>
+    <t>ORD/000224/2023-2024</t>
+  </si>
+  <si>
+    <t>2205/MLMD</t>
+  </si>
+  <si>
+    <t>01/01/2025</t>
+  </si>
+  <si>
+    <t>MANIK CHANDRA SAHA.</t>
+  </si>
+  <si>
+    <t>Construction of Pump House (size 4.10 m x 3.50 m outer to outer) with sanitary and water supply arrangement according to departmental drawing with toilet at 3nd Tube-Well Site in connection with Augmentation of Marnai PWSS</t>
+  </si>
+  <si>
+    <t>Assistant Engineer RSD,Assistant Engineer RWS SD</t>
+  </si>
+  <si>
     <t>Junior Engineer RWS HQ,Junior Engineer, RSD</t>
-  </si>
-[...49 lines deleted...]
-    <t>Assistant Engineer RSD,Assistant Engineer RWS SD</t>
   </si>
   <si>
     <t>ORD/000290/2023-2024</t>
   </si>
   <si>
     <t>2363/RD/PHE</t>
   </si>
   <si>
     <t>11/08/2023</t>
   </si>
   <si>
     <t>10/10/2023</t>
   </si>
   <si>
     <t>Construction of Approach Road,Boundary Wall,Fhtc And Other Allied Works Of Marnai Pwss Within Itahar Block Under Raiganj Division P.H.E. Dte., Raiganj, Uttar Dinajpur.</t>
   </si>
   <si>
     <t>Assistant Engineer ISD,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
   </si>
   <si>
     <t>Junior Engineer RWS HQ</t>
   </si>
   <si>
     <t>ORD/000403/2024-2025</t>
   </si>
@@ -1095,54 +1098,54 @@
       <c r="I6" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P6" s="4">
         <v>6.98</v>
       </c>
       <c r="Q6" s="4">
-        <v>5.95</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>85.3</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>85</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>44</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1274,54 +1277,54 @@
       <c r="I9" s="13" t="s">
         <v>66</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>67</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P9" s="4">
         <v>354.98</v>
       </c>
       <c r="Q9" s="4">
-        <v>182.19</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>51.32</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>55</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>44</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1396,269 +1399,269 @@
       <c r="I11" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>79</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>80</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P11" s="4">
         <v>10.38</v>
       </c>
       <c r="Q11" s="4">
-        <v>9.1</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>87.67</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H12" s="13" t="s">
         <v>83</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>84</v>
       </c>
       <c r="J12" s="13" t="s">
-        <v>67</v>
+        <v>85</v>
       </c>
       <c r="K12" s="4" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="L12" s="4" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="M12" s="4" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="N12" s="4" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P12" s="4">
         <v>5.02</v>
       </c>
       <c r="Q12" s="4">
         <v>0</v>
       </c>
       <c r="R12" s="4">
         <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H13" s="13" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I13" s="13" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J13" s="13" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="K13" s="4" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="L13" s="4" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="M13" s="4" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="N13" s="4" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="O13" s="4" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="P13" s="4">
         <v>41.84</v>
       </c>
       <c r="Q13" s="4">
         <v>0</v>
       </c>
       <c r="R13" s="4">
         <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H14" s="13" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="I14" s="13" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="J14" s="13"/>
       <c r="K14" s="4" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="L14" s="4" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="M14" s="4" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="N14" s="4" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="O14" s="4" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="P14" s="4">
         <v>33.6</v>
       </c>
       <c r="Q14" s="4">
         <v>0</v>
       </c>
       <c r="R14" s="4">
         <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>621.78</v>
       </c>
       <c r="P15" s="8">
-        <v>197.25</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="8">
-        <v>31.72</v>
+        <v>0</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>