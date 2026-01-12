--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -254,198 +254,198 @@
   <si>
     <t>BILL/01223/2023-2024</t>
   </si>
   <si>
     <t>BP-2024-25-24</t>
   </si>
   <si>
     <t>24/04/2024</t>
   </si>
   <si>
     <t>EXECUTIVE ENGINEER PWD ROADS</t>
   </si>
   <si>
     <t>FHTC (Functional Household Tap Connection) for Karandighi Zone-I Water Supply Scheme [Augmentation Scheme] in Karandighi Block of Uttar Dinajpur District Under Raiganj Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000170/2022-2023</t>
   </si>
   <si>
     <t>2030/RD/PHE</t>
   </si>
   <si>
     <t>17/11/2022</t>
   </si>
   <si>
-    <t>04/05/2025</t>
+    <t>29/01/2026</t>
   </si>
   <si>
     <t>UNIVERSAL ENGINEERS CO-OPERATIVE SOCIETY LTD.</t>
   </si>
   <si>
+    <t>Continuation Order for Hiring of well-maintained Diesel Maxi Cab(Non-A.C. Vehical No. WB59C 3704) for the office of the Assistant Engineer, Islampur Sub-Division, P.H.E. Dte. for the purpose of office duty having jurisdiction over the entire under Raiganj Division, P.H.E. Dte. in Uttar Dinajpur District. (Period from 01.07.2023 to 30.06.2024.)</t>
+  </si>
+  <si>
+    <t>ORD/000632/2023-2024</t>
+  </si>
+  <si>
+    <t>1710/RD/PHE</t>
+  </si>
+  <si>
+    <t>26/06/2023</t>
+  </si>
+  <si>
+    <t>26/06/2024</t>
+  </si>
+  <si>
+    <t>MD ZAFAR EQUEBAL</t>
+  </si>
+  <si>
+    <t>Laying additional pipe line with FHTC for Augmentation Of Karandighi Zone-I Pipe Water Supply Scheme at Karandighi Block of Uttar Dinajpur District under Raiganj Division.</t>
+  </si>
+  <si>
+    <t>ORD/000465/2024-2025</t>
+  </si>
+  <si>
+    <t>3783/RD/PHE</t>
+  </si>
+  <si>
+    <t>19/12/2024</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>BHOLA PAUL</t>
+  </si>
+  <si>
+    <t>Providing FHTC in connection with augmentation of Karandighi Zone-I Pipe Water Supply Scheme at Karandighi Block of Uttar Dinajpur District under Raiganj Division.</t>
+  </si>
+  <si>
+    <t>ORD/000502/2024-2025</t>
+  </si>
+  <si>
+    <t>47/RD/PHE</t>
+  </si>
+  <si>
+    <t>03/01/2025</t>
+  </si>
+  <si>
+    <t>17/02/2025</t>
+  </si>
+  <si>
+    <t>M/S P.S. ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Hiring of Additional well-maintained Diesel Maxi Cab (Non-A.C.) for the office of the Assistant Engineer, Islampur Sub-Division, P.H.E. Dte. for the purpose of supervision of JJM works having jurisdiction over the entire Islampur Sub-Division, P.H.E. Dte. under Raiganj Division, P.H.E. Dte. in the District of Uttar Dinajpur.For 12(twelve) Months.</t>
+  </si>
+  <si>
+    <t>ORD/000578/2023-2024</t>
+  </si>
+  <si>
+    <t>2752/RD/PHE</t>
+  </si>
+  <si>
+    <t>05/10/2023</t>
+  </si>
+  <si>
+    <t>05/10/2024</t>
+  </si>
+  <si>
+    <t>SISIR KUMAR DUTTA</t>
+  </si>
+  <si>
+    <t>Designing, Supplying, Febrication, Erection on suitable RCC foundation, commissioning with 3(three) months Trial Run (including cost of routine testing of water sample and flow/hr for performance evaluation) of pressure type Iron Removal Plant as per design norms of CPHEEO(latest) with necessary accessories for Karandighi Zone-I Water Supply Scheme(Augmentation) at Karandighi Block under Raiganj Division, P.H.E. Dte. Dist:- Uttar Dinajpur, Capacity- 45 M3/hr.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer HQ,Assistant Engineer ISD,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
+  </si>
+  <si>
+    <t>ORD/000355/2025-2026</t>
+  </si>
+  <si>
+    <t>2501/RD/PHE</t>
+  </si>
+  <si>
+    <t>12/09/2025</t>
+  </si>
+  <si>
+    <t>11/03/2026</t>
+  </si>
+  <si>
+    <t>AJIT PRAMANIK</t>
+  </si>
+  <si>
+    <t>Supply, installation, commissioning and trial operation of electro-mechanical components of Augmentation of KARANDIGHI Water Supply Scheme (Zone-I) T/W no. II in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/001046/2022-2023</t>
+  </si>
+  <si>
+    <t>247/MLMD</t>
+  </si>
+  <si>
+    <t>24/02/2023</t>
+  </si>
+  <si>
+    <t>28/06/2024</t>
+  </si>
+  <si>
+    <t>DEY ENTERPRISE [HOWRAH]</t>
+  </si>
+  <si>
+    <t>Supply, installation and commissioning of electro-mechanical components of Augmentation of KARANDIGHI Water Supply Scheme (Zone-I) T/W no. I in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/001045/2022-2023</t>
+  </si>
+  <si>
+    <t>246/MLMD</t>
+  </si>
+  <si>
+    <t>12/05/2024</t>
+  </si>
+  <si>
+    <t>DIPALI CONSTRUCTION.</t>
+  </si>
+  <si>
     <t>Construction of Over Head Reservoir(Capacity-500 Cum) of KARANDIGHI(Zone-I) Pipe Water Supply Scheme at in connection with Augmentation Karandighi Block of Uttar Dinajpur District under Raiganj Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000370/2022-2023</t>
   </si>
   <si>
     <t>727/RD/PHE</t>
   </si>
   <si>
     <t>15/03/2023</t>
   </si>
   <si>
     <t>01/07/2025</t>
   </si>
   <si>
     <t>M/S ELITE CONSTRUCTION</t>
-  </si>
-[...124 lines deleted...]
-    <t>DIPALI CONSTRUCTION.</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1529,483 +1529,483 @@
       <c r="H12" s="13" t="s">
         <v>82</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>85</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>86</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>87</v>
       </c>
       <c r="P12" s="4">
-        <v>165.61</v>
+        <v>4.8</v>
       </c>
       <c r="Q12" s="4">
         <v>0</v>
       </c>
       <c r="R12" s="4">
         <v>0</v>
       </c>
       <c r="S12" s="4">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H13" s="13" t="s">
         <v>88</v>
       </c>
       <c r="I13" s="13" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>89</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>90</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>91</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>92</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>93</v>
       </c>
       <c r="P13" s="4">
-        <v>4.8</v>
+        <v>46.07</v>
       </c>
       <c r="Q13" s="4">
         <v>0</v>
       </c>
       <c r="R13" s="4">
         <v>0</v>
       </c>
       <c r="S13" s="4">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H14" s="13" t="s">
         <v>94</v>
       </c>
       <c r="I14" s="13" t="s">
         <v>51</v>
       </c>
-      <c r="J14" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J14" s="13"/>
       <c r="K14" s="4" t="s">
         <v>95</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>96</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>97</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>99</v>
       </c>
       <c r="P14" s="4">
-        <v>46.07</v>
+        <v>25.35</v>
       </c>
       <c r="Q14" s="4">
         <v>0</v>
       </c>
       <c r="R14" s="4">
         <v>0</v>
       </c>
       <c r="S14" s="4">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H15" s="13" t="s">
         <v>100</v>
       </c>
       <c r="I15" s="13" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="J15" s="13"/>
+        <v>26</v>
+      </c>
+      <c r="J15" s="13" t="s">
+        <v>27</v>
+      </c>
       <c r="K15" s="4" t="s">
         <v>101</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>102</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>103</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>104</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>105</v>
       </c>
       <c r="P15" s="4">
-        <v>25.35</v>
+        <v>4.8</v>
       </c>
       <c r="Q15" s="4">
         <v>0</v>
       </c>
       <c r="R15" s="4">
         <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H16" s="13" t="s">
         <v>106</v>
       </c>
       <c r="I16" s="13" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>107</v>
+      </c>
+      <c r="J16" s="13"/>
       <c r="K16" s="4" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="L16" s="4" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="M16" s="4" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="N16" s="4" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="O16" s="4" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="P16" s="4">
-        <v>4.8</v>
+        <v>19.35</v>
       </c>
       <c r="Q16" s="4">
         <v>0</v>
       </c>
       <c r="R16" s="4">
         <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>0</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H17" s="13" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="I17" s="13" t="s">
-        <v>113</v>
-[...1 lines deleted...]
-      <c r="J17" s="13"/>
+        <v>64</v>
+      </c>
+      <c r="J17" s="13" t="s">
+        <v>65</v>
+      </c>
       <c r="K17" s="4" t="s">
         <v>114</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>115</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>116</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>117</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>118</v>
       </c>
       <c r="P17" s="4">
-        <v>19.35</v>
+        <v>12.62</v>
       </c>
       <c r="Q17" s="4">
-        <v>0</v>
+        <v>9.53</v>
       </c>
       <c r="R17" s="4">
-        <v>0</v>
+        <v>75.47</v>
       </c>
       <c r="S17" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H18" s="13" t="s">
         <v>119</v>
       </c>
       <c r="I18" s="13" t="s">
         <v>64</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>65</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>120</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>121</v>
       </c>
       <c r="M18" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="N18" s="4" t="s">
         <v>122</v>
       </c>
-      <c r="N18" s="4" t="s">
+      <c r="O18" s="4" t="s">
         <v>123</v>
       </c>
-      <c r="O18" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P18" s="4">
-        <v>12.62</v>
+        <v>12.45</v>
       </c>
       <c r="Q18" s="4">
-        <v>9.53</v>
+        <v>11.31</v>
       </c>
       <c r="R18" s="4">
-        <v>75.47</v>
+        <v>90.84</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H19" s="13" t="s">
+        <v>124</v>
+      </c>
+      <c r="I19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J19" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K19" s="4" t="s">
         <v>125</v>
       </c>
-      <c r="I19" s="13" t="s">
-[...5 lines deleted...]
-      <c r="K19" s="4" t="s">
+      <c r="L19" s="4" t="s">
         <v>126</v>
       </c>
-      <c r="L19" s="4" t="s">
+      <c r="M19" s="4" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>128</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>129</v>
       </c>
       <c r="P19" s="4">
-        <v>12.45</v>
+        <v>165.61</v>
       </c>
       <c r="Q19" s="4">
-        <v>11.31</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>90.84</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="7" t="s">
         <v>130</v>
       </c>
       <c r="B20" s="7"/>
       <c r="C20" s="7"/>
       <c r="D20" s="7"/>
       <c r="E20" s="11"/>
       <c r="F20" s="7"/>
       <c r="G20" s="7"/>
       <c r="H20" s="14"/>
       <c r="I20" s="14"/>
       <c r="J20" s="14"/>
       <c r="K20" s="8"/>
       <c r="L20" s="8"/>
       <c r="M20" s="8"/>
       <c r="N20" s="8"/>
       <c r="O20" s="8">
         <v>722.73</v>