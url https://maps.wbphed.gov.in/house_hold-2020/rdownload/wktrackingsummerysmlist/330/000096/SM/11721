--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -997,54 +997,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>4.12</v>
       </c>
       <c r="Q3" s="4">
-        <v>4.11</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>99.96</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1058,54 +1058,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>5.03</v>
       </c>
       <c r="Q4" s="4">
-        <v>5.02</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>99.78</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1115,54 +1115,54 @@
       </c>
       <c r="H5" s="13" t="s">
         <v>40</v>
       </c>
       <c r="I5" s="13"/>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L5" s="4">
         <v>4003118815</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P5" s="4">
         <v>0.73</v>
       </c>
       <c r="Q5" s="4">
-        <v>0.73</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1292,54 +1292,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P8" s="4">
         <v>196.21</v>
       </c>
       <c r="Q8" s="4">
-        <v>194.93</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>99.35</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1353,54 +1353,54 @@
       <c r="I9" s="13" t="s">
         <v>64</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>65</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P9" s="4">
         <v>2.33</v>
       </c>
       <c r="Q9" s="4">
-        <v>2.28</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>98.11</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1471,54 +1471,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P11" s="4">
         <v>80.36</v>
       </c>
       <c r="Q11" s="4">
-        <v>40.99</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>51.01</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>70</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1833,54 +1833,54 @@
       <c r="I17" s="13" t="s">
         <v>64</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>65</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>114</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>115</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>116</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>117</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>118</v>
       </c>
       <c r="P17" s="4">
         <v>12.62</v>
       </c>
       <c r="Q17" s="4">
-        <v>9.53</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>75.47</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -1894,54 +1894,54 @@
       <c r="I18" s="13" t="s">
         <v>64</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>65</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>120</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>121</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>116</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>122</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>123</v>
       </c>
       <c r="P18" s="4">
         <v>12.45</v>
       </c>
       <c r="Q18" s="4">
-        <v>11.31</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>90.84</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -1989,54 +1989,54 @@
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="7" t="s">
         <v>130</v>
       </c>
       <c r="B20" s="7"/>
       <c r="C20" s="7"/>
       <c r="D20" s="7"/>
       <c r="E20" s="11"/>
       <c r="F20" s="7"/>
       <c r="G20" s="7"/>
       <c r="H20" s="14"/>
       <c r="I20" s="14"/>
       <c r="J20" s="14"/>
       <c r="K20" s="8"/>
       <c r="L20" s="8"/>
       <c r="M20" s="8"/>
       <c r="N20" s="8"/>
       <c r="O20" s="8">
         <v>722.73</v>
       </c>
       <c r="P20" s="8">
-        <v>268.9</v>
+        <v>0</v>
       </c>
       <c r="Q20" s="8">
-        <v>37.21</v>
+        <v>0</v>
       </c>
       <c r="R20" s="8"/>
       <c r="S20" s="8"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A20:N20"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>