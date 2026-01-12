--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -245,51 +245,51 @@
   <si>
     <t>1724/RD/PHE</t>
   </si>
   <si>
     <t>28/06/2024</t>
   </si>
   <si>
     <t>TAPAN KUMAR MAJUMDER NAMEDUTTA@GMAIL.COM</t>
   </si>
   <si>
     <t>Making compound lighting arrangement with allied works at T/W no. I of Gouri Water Supply Scheme in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (TSM/011695)</t>
   </si>
   <si>
     <t>Junior Engineer-04,Junior Engineer-07</t>
   </si>
   <si>
     <t>ORD/000712/2023-2024</t>
   </si>
   <si>
     <t>2242/MLMD</t>
   </si>
   <si>
     <t>18/07/2023</t>
   </si>
   <si>
-    <t>01/11/2025</t>
+    <t>30/01/2026</t>
   </si>
   <si>
     <t>M/S SABANA CONSTRUCTION</t>
   </si>
   <si>
     <t>Continuation Order Hiring of well-maintained Diesel Maxi Cab (Vehicle no.WB 59C 4762) having Luxury Taxi Permit for contract carriage (Non-A.C.) for the office ofthe Executive Engineer, Raiganj Division, P.H.E. Dte. for the purpose of office duty having jurisdiction over the entireRaiganj Division, P.H.E. Dte. in the District of Uttar Dinajpur. Period for 01/07/2024 to 14/01/2025.</t>
   </si>
   <si>
     <t>Assistant Engineer HQ,Assistant Engineer ISD,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
   </si>
   <si>
     <t>ORD/000408/2024-2025</t>
   </si>
   <si>
     <t>1981/RD/PHE</t>
   </si>
   <si>
     <t>29/06/2024</t>
   </si>
   <si>
     <t>13/01/2025</t>
   </si>
   <si>
     <t>Balance pipe line for providing functional household tap connection (FHTC), approach road with land development of headwork site &amp; 2nd tubewell site and road restoration of Gouri PWSS at Raiganj Block under Raiganj Division, PHE Dte., Uttar Dinajpur.</t>
   </si>