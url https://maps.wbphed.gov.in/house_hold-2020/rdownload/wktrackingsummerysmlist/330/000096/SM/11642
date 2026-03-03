--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -898,54 +898,54 @@
         <v>26</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4">
         <v>4003132438</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>0.74</v>
       </c>
       <c r="Q3" s="4">
-        <v>0.74</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -959,54 +959,54 @@
         <v>32</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4">
         <v>4003132554</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P4" s="4">
         <v>0.63</v>
       </c>
       <c r="Q4" s="4">
-        <v>0.63</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1081,54 +1081,54 @@
       <c r="I6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P6" s="4">
         <v>11.9</v>
       </c>
       <c r="Q6" s="4">
-        <v>11.8</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>99.15</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1144,54 +1144,54 @@
       <c r="I7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P7" s="4">
         <v>11.95</v>
       </c>
       <c r="Q7" s="4">
-        <v>11.86</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>99.23</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1207,54 +1207,54 @@
       <c r="I8" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>53</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P8" s="4">
         <v>376.23</v>
       </c>
       <c r="Q8" s="4">
-        <v>321.58</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>85.47</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>56</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1270,54 +1270,54 @@
       <c r="I9" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>53</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P9" s="4">
         <v>240.92</v>
       </c>
       <c r="Q9" s="4">
-        <v>65.18</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>27.06</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>50</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1333,54 +1333,54 @@
       <c r="I10" s="13" t="s">
         <v>66</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>67</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P10" s="4">
         <v>4.8</v>
       </c>
       <c r="Q10" s="4">
-        <v>0.76</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>15.85</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1615,54 +1615,54 @@
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>97</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>787.95</v>
       </c>
       <c r="P15" s="8">
-        <v>412.56</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="8">
-        <v>52.36</v>
+        <v>0</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>