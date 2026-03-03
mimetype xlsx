--- v0 (2025-12-18)
+++ v1 (2026-03-03)
@@ -1072,54 +1072,54 @@
         <v>43</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L6" s="4">
         <v>4003131653</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P6" s="4">
         <v>6.29</v>
       </c>
       <c r="Q6" s="4">
-        <v>6.29</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1188,54 +1188,54 @@
       <c r="I8" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P8" s="4">
         <v>80</v>
       </c>
       <c r="Q8" s="4">
-        <v>51.16</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>63.94</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>65</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1306,54 +1306,54 @@
       <c r="I10" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P10" s="4">
         <v>248.78</v>
       </c>
       <c r="Q10" s="4">
-        <v>167.3</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>67.25</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>85</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>42</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1367,54 +1367,54 @@
       <c r="I11" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>69</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P11" s="4">
         <v>13.73</v>
       </c>
       <c r="Q11" s="4">
-        <v>10.87</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>79.16</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1609,88 +1609,88 @@
       <c r="I15" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>69</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>96</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>97</v>
       </c>
       <c r="P15" s="4">
         <v>20.69</v>
       </c>
       <c r="Q15" s="4">
-        <v>20.64</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>99.77</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
         <v>98</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>689.64</v>
       </c>
       <c r="P16" s="8">
-        <v>256.26</v>
+        <v>0</v>
       </c>
       <c r="Q16" s="8">
-        <v>37.16</v>
+        <v>0</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>