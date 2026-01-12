--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -440,102 +440,102 @@
   <si>
     <t>26/06/2024</t>
   </si>
   <si>
     <t>MD ZAFAR EQUEBAL</t>
   </si>
   <si>
     <t>Construction of Boundary Wall With Gate at Head Work Site &amp; 2nd Tube-Well Site under Augmentation of Chopra PWSS at Chopra Block under Raiganj Division,PHE dte.</t>
   </si>
   <si>
     <t>Assistant Engineer ISD,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
   </si>
   <si>
     <t>Junior Engineer,Junior Engineer, ISD</t>
   </si>
   <si>
     <t>ORD/000158/2024-2025</t>
   </si>
   <si>
     <t>2890/RD/PHE</t>
   </si>
   <si>
     <t>25/09/2024</t>
   </si>
   <si>
-    <t>22/06/2025</t>
+    <t>19/12/2025</t>
   </si>
   <si>
     <t>MOTI INDUSTRIES</t>
   </si>
   <si>
     <t>Balance work for Pipeline crossing, earth filling &amp; other ancillary works at CHOPRA Piped Water Supply Scheme in connection with Augmentation of Chopra PWSS under Islampur Sub-Division under Raiganj Division PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000029/2024-2025</t>
   </si>
   <si>
     <t>1689/RD/PHE</t>
   </si>
   <si>
     <t>10/06/2024</t>
   </si>
   <si>
     <t>25/07/2024</t>
   </si>
   <si>
     <t>M/S J.S.B ASSOCIATE CONSTRUCTION NAMEDUTTA@GMAIL.COM</t>
   </si>
   <si>
     <t>Laying additional pipe line with FHTC for Augmentation of Chopra Pipe Water Supply Scheme at Chopra Block of Uttar Dinajpur District under Raiganj Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000154/2024-2025</t>
   </si>
   <si>
     <t>2886/RD/PHE</t>
   </si>
   <si>
     <t>09/11/2024</t>
   </si>
   <si>
     <t>Hiring of Additional well-maintained Diesel Maxi Cab (Non-A.C. vehicle no. WB58CB7128) for the office of the Assistant Engineer, Islampur Sub-Division, P.H.E. Dte. for the purpose of supervision of JJM works having jurisdiction over the entire Islampur Sub-Division, P.H.E. Dte. under Raiganj Division, P.H.E. Dte. in the District of Uttar Dinajpur. For 6(Six) Month.</t>
   </si>
   <si>
     <t>ORD/000523/2024-2025</t>
   </si>
   <si>
     <t>95/RD/PHE</t>
   </si>
   <si>
     <t>08/01/2025</t>
   </si>
   <si>
     <t>08/07/2025</t>
   </si>
   <si>
-    <t>M/S GHOSH AND CO.</t>
+    <t>GHOSH &amp; BROTHERS DEVCON PRIVATE LIMITED</t>
   </si>
   <si>
     <t>Providing FHTC in connection with augmentation of Chopra Pipe Water Supply Scheme at Chopra Block of Uttar Dinajpur District under Raiganj Division.</t>
   </si>
   <si>
     <t>ORD/000501/2024-2025</t>
   </si>
   <si>
     <t>46/RD/PHE</t>
   </si>
   <si>
     <t>03/01/2025</t>
   </si>
   <si>
     <t>17/02/2025</t>
   </si>
   <si>
     <t>Laying of additional pipeline for improving FHTC at different mouzas at Chopra Piped Water Supply Scheme (In Connection with Augmentation of Chopra PWSS) under Islampur Sub-Division P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000142/2024-2025</t>
   </si>
   <si>
     <t>2838/RD/PHE</t>
   </si>