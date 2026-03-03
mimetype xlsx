--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1156,54 +1156,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>47.3</v>
       </c>
       <c r="Q3" s="4">
-        <v>37.96</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>80.26</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1217,54 +1217,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>228.06</v>
       </c>
       <c r="Q4" s="4">
-        <v>153.33</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>67.23</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>1</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1278,54 +1278,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P5" s="4">
         <v>2.39</v>
       </c>
       <c r="Q5" s="4">
-        <v>2.39</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1813,54 +1813,54 @@
         <v>78</v>
       </c>
       <c r="I14" s="13" t="s">
         <v>79</v>
       </c>
       <c r="J14" s="13"/>
       <c r="K14" s="4" t="s">
         <v>80</v>
       </c>
       <c r="L14" s="4">
         <v>4003147552</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>81</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>82</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P14" s="4">
         <v>5.16</v>
       </c>
       <c r="Q14" s="4">
-        <v>5.16</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1874,54 +1874,54 @@
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P15" s="4">
         <v>3.19</v>
       </c>
       <c r="Q15" s="4">
-        <v>3.19</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -2049,54 +2049,54 @@
       <c r="I18" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>97</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>98</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>99</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>100</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>101</v>
       </c>
       <c r="P18" s="4">
         <v>119.51</v>
       </c>
       <c r="Q18" s="4">
-        <v>7.39</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>6.19</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>65</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>77</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2110,54 +2110,54 @@
       <c r="I19" s="13" t="s">
         <v>79</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>103</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>104</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>105</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>106</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>107</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>108</v>
       </c>
       <c r="P19" s="4">
         <v>10.76</v>
       </c>
       <c r="Q19" s="4">
-        <v>10.72</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>99.65</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>100</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>77</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2171,54 +2171,54 @@
       <c r="I20" s="13" t="s">
         <v>79</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>103</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>110</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>111</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>106</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>107</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>112</v>
       </c>
       <c r="P20" s="4">
         <v>10.97</v>
       </c>
       <c r="Q20" s="4">
-        <v>9.52</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>86.83</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>100</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>77</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2232,54 +2232,54 @@
       <c r="I21" s="13" t="s">
         <v>79</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>103</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>114</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>115</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>106</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>107</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>108</v>
       </c>
       <c r="P21" s="4">
         <v>10.76</v>
       </c>
       <c r="Q21" s="4">
-        <v>10.6</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>98.49</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>100</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2293,54 +2293,54 @@
       <c r="I22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>117</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>118</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P22" s="4">
         <v>5.04</v>
       </c>
       <c r="Q22" s="4">
-        <v>5.02</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>99.75</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>100</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2533,54 +2533,54 @@
       <c r="I26" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>138</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>139</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>140</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>141</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>142</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>143</v>
       </c>
       <c r="P26" s="4">
         <v>39.68</v>
       </c>
       <c r="Q26" s="4">
-        <v>13.24</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>33.36</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>50</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2990,54 +2990,54 @@
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="7" t="s">
         <v>183</v>
       </c>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
       <c r="E34" s="11"/>
       <c r="F34" s="7"/>
       <c r="G34" s="7"/>
       <c r="H34" s="14"/>
       <c r="I34" s="14"/>
       <c r="J34" s="14"/>
       <c r="K34" s="8"/>
       <c r="L34" s="8"/>
       <c r="M34" s="8"/>
       <c r="N34" s="8"/>
       <c r="O34" s="8">
         <v>1141.44</v>
       </c>
       <c r="P34" s="8">
-        <v>258.52</v>
+        <v>0</v>
       </c>
       <c r="Q34" s="8">
-        <v>22.65</v>
+        <v>0</v>
       </c>
       <c r="R34" s="8"/>
       <c r="S34" s="8"/>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A34:N34"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>