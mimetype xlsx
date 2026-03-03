--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -1131,54 +1131,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>36</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P5" s="4">
         <v>18.2</v>
       </c>
       <c r="Q5" s="4">
-        <v>17.52</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>96.31</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>1</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1363,54 +1363,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P9" s="4">
         <v>43.64</v>
       </c>
       <c r="Q9" s="4">
-        <v>29.41</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>67.41</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>20</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1483,54 +1483,54 @@
         <v>65</v>
       </c>
       <c r="I11" s="13" t="s">
         <v>66</v>
       </c>
       <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P11" s="4">
         <v>6.1</v>
       </c>
       <c r="Q11" s="4">
-        <v>6.08</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>99.64</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>64</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1542,54 +1542,54 @@
         <v>71</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>66</v>
       </c>
       <c r="J12" s="13"/>
       <c r="K12" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P12" s="4">
         <v>7.54</v>
       </c>
       <c r="Q12" s="4">
-        <v>5.87</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>77.85</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1603,54 +1603,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>76</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>77</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>78</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="P13" s="4">
         <v>1.99</v>
       </c>
       <c r="Q13" s="4">
-        <v>1.92</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>96.87</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1664,54 +1664,54 @@
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>84</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P14" s="4">
         <v>3</v>
       </c>
       <c r="Q14" s="4">
-        <v>2.41</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>80.28</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1894,54 +1894,54 @@
       <c r="I18" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>98</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>99</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>100</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>101</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>102</v>
       </c>
       <c r="P18" s="4">
         <v>85.26</v>
       </c>
       <c r="Q18" s="4">
-        <v>80.75</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>94.7</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>75</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -1955,54 +1955,54 @@
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>104</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>105</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>106</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>107</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>108</v>
       </c>
       <c r="P19" s="4">
         <v>84.28</v>
       </c>
       <c r="Q19" s="4">
-        <v>37.6</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>44.61</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>95</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2229,54 +2229,54 @@
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="7" t="s">
         <v>134</v>
       </c>
       <c r="B24" s="7"/>
       <c r="C24" s="7"/>
       <c r="D24" s="7"/>
       <c r="E24" s="11"/>
       <c r="F24" s="7"/>
       <c r="G24" s="7"/>
       <c r="H24" s="14"/>
       <c r="I24" s="14"/>
       <c r="J24" s="14"/>
       <c r="K24" s="8"/>
       <c r="L24" s="8"/>
       <c r="M24" s="8"/>
       <c r="N24" s="8"/>
       <c r="O24" s="8">
         <v>300</v>
       </c>
       <c r="P24" s="8">
-        <v>181.56</v>
+        <v>0</v>
       </c>
       <c r="Q24" s="8">
-        <v>60.52</v>
+        <v>0</v>
       </c>
       <c r="R24" s="8"/>
       <c r="S24" s="8"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A24:N24"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>