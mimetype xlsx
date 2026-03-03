--- v0 (2025-12-14)
+++ v1 (2026-03-03)
@@ -973,54 +973,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>16.99</v>
       </c>
       <c r="Q3" s="4">
-        <v>15.06</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>88.6</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1217,54 +1217,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P7" s="4">
         <v>1.98</v>
       </c>
       <c r="Q7" s="4">
-        <v>1.98</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1506,54 +1506,54 @@
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P12" s="4">
         <v>5.01</v>
       </c>
       <c r="Q12" s="4">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>99.93</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1567,54 +1567,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P13" s="4">
         <v>4.09</v>
       </c>
       <c r="Q13" s="4">
-        <v>3.21</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>78.46</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1685,54 +1685,54 @@
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P15" s="4">
         <v>77.82</v>
       </c>
       <c r="Q15" s="4">
-        <v>71.32</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>91.64</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>75</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1746,54 +1746,54 @@
       <c r="I16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>84</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>85</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>86</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>87</v>
       </c>
       <c r="P16" s="4">
         <v>59.72</v>
       </c>
       <c r="Q16" s="4">
-        <v>54.38</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>91.06</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>88</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1807,54 +1807,54 @@
       <c r="I17" s="13" t="s">
         <v>90</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>91</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>92</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>93</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>94</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>95</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>96</v>
       </c>
       <c r="P17" s="4">
         <v>9.24</v>
       </c>
       <c r="Q17" s="4">
-        <v>9.23</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>99.88</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>88</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -1868,54 +1868,54 @@
       <c r="I18" s="13" t="s">
         <v>90</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>91</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>98</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>99</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>94</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>95</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>100</v>
       </c>
       <c r="P18" s="4">
         <v>9.27</v>
       </c>
       <c r="Q18" s="4">
-        <v>9.26</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>99.84</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -1929,54 +1929,54 @@
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>102</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>103</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>86</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>104</v>
       </c>
       <c r="P19" s="4">
         <v>0.94</v>
       </c>
       <c r="Q19" s="4">
-        <v>0.94</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>99.91</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>100</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2110,88 +2110,88 @@
       <c r="I22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>118</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>119</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>120</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>121</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P22" s="4">
         <v>26.8</v>
       </c>
       <c r="Q22" s="4">
-        <v>18.52</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>69.09</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>100</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="7" t="s">
         <v>122</v>
       </c>
       <c r="B23" s="7"/>
       <c r="C23" s="7"/>
       <c r="D23" s="7"/>
       <c r="E23" s="11"/>
       <c r="F23" s="7"/>
       <c r="G23" s="7"/>
       <c r="H23" s="14"/>
       <c r="I23" s="14"/>
       <c r="J23" s="14"/>
       <c r="K23" s="8"/>
       <c r="L23" s="8"/>
       <c r="M23" s="8"/>
       <c r="N23" s="8"/>
       <c r="O23" s="8">
         <v>273.16</v>
       </c>
       <c r="P23" s="8">
-        <v>188.91</v>
+        <v>0</v>
       </c>
       <c r="Q23" s="8">
-        <v>69.16</v>
+        <v>0</v>
       </c>
       <c r="R23" s="8"/>
       <c r="S23" s="8"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A23:N23"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>