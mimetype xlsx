--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -936,54 +936,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>325.52</v>
       </c>
       <c r="Q3" s="4">
-        <v>186.78</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>57.38</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>80</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -995,54 +995,54 @@
       </c>
       <c r="H4" s="13" t="s">
         <v>34</v>
       </c>
       <c r="I4" s="13"/>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P4" s="4">
         <v>96.73</v>
       </c>
       <c r="Q4" s="4">
-        <v>79.07</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>81.75</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>81</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1471,54 +1471,54 @@
       <c r="I12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="P12" s="4">
         <v>404.81</v>
       </c>
       <c r="Q12" s="4">
-        <v>254.43</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>62.85</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>76</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1534,54 +1534,54 @@
       <c r="I13" s="13" t="s">
         <v>78</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>79</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P13" s="4">
         <v>19789.29</v>
       </c>
       <c r="Q13" s="4">
-        <v>284.53</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>1.44</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>20</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1660,54 +1660,54 @@
       <c r="I15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>92</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>93</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P15" s="4">
         <v>65.94</v>
       </c>
       <c r="Q15" s="4">
-        <v>14.35</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>21.76</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>60</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
@@ -1814,54 +1814,54 @@
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="7" t="s">
         <v>109</v>
       </c>
       <c r="B18" s="7"/>
       <c r="C18" s="7"/>
       <c r="D18" s="7"/>
       <c r="E18" s="11"/>
       <c r="F18" s="7"/>
       <c r="G18" s="7"/>
       <c r="H18" s="14"/>
       <c r="I18" s="14"/>
       <c r="J18" s="14"/>
       <c r="K18" s="8"/>
       <c r="L18" s="8"/>
       <c r="M18" s="8"/>
       <c r="N18" s="8"/>
       <c r="O18" s="8">
         <v>21364.37</v>
       </c>
       <c r="P18" s="8">
-        <v>819.16</v>
+        <v>0</v>
       </c>
       <c r="Q18" s="8">
-        <v>3.83</v>
+        <v>0</v>
       </c>
       <c r="R18" s="8"/>
       <c r="S18" s="8"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A18:N18"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>