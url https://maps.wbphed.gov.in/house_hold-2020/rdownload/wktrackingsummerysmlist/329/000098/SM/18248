--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -2034,51 +2034,51 @@
       <c r="K19" s="4" t="s">
         <v>112</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>113</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>114</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>115</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>116</v>
       </c>
       <c r="P19" s="4">
         <v>34.93</v>
       </c>
       <c r="Q19" s="4">
         <v>0</v>
       </c>
       <c r="R19" s="4">
         <v>0</v>
       </c>
       <c r="S19" s="4">
-        <v>0</v>
+        <v>90</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>24</v>
       </c>