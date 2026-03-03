--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1115,54 +1115,54 @@
       <c r="I4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>4.98</v>
       </c>
       <c r="Q4" s="4">
-        <v>4.98</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>99.98</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1178,54 +1178,54 @@
       <c r="I5" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P5" s="4">
         <v>29.76</v>
       </c>
       <c r="Q5" s="4">
-        <v>29.75</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>99.98</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1241,54 +1241,54 @@
       <c r="I6" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P6" s="4">
         <v>2.7</v>
       </c>
       <c r="Q6" s="4">
-        <v>2.7</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1304,54 +1304,54 @@
       <c r="I7" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P7" s="4">
         <v>34.6</v>
       </c>
       <c r="Q7" s="4">
-        <v>34.58</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>99.93</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>95</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1839,54 +1839,54 @@
       <c r="I16" s="13" t="s">
         <v>92</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>93</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>94</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>95</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>96</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P16" s="4">
         <v>278.76</v>
       </c>
       <c r="Q16" s="4">
-        <v>199.42</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>71.54</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>34</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
@@ -1902,54 +1902,54 @@
       <c r="I17" s="13" t="s">
         <v>92</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>98</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>99</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>100</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>95</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>101</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>102</v>
       </c>
       <c r="P17" s="4">
         <v>494.72</v>
       </c>
       <c r="Q17" s="4">
-        <v>306.8</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>62.01</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>55</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>23</v>
       </c>
@@ -2432,52 +2432,56 @@
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D26" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H26" s="13" t="s">
         <v>111</v>
       </c>
-      <c r="I26" s="13"/>
-      <c r="J26" s="13"/>
+      <c r="I26" s="13" t="s">
+        <v>104</v>
+      </c>
+      <c r="J26" s="13" t="s">
+        <v>105</v>
+      </c>
       <c r="K26" s="4" t="s">
         <v>139</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>140</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>141</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>142</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>102</v>
       </c>
       <c r="P26" s="4">
         <v>69.29</v>
       </c>
       <c r="Q26" s="4">
         <v>0</v>
       </c>
       <c r="R26" s="4">
         <v>0</v>
       </c>
       <c r="S26" s="4">
@@ -2550,54 +2554,54 @@
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="7" t="s">
         <v>149</v>
       </c>
       <c r="B28" s="7"/>
       <c r="C28" s="7"/>
       <c r="D28" s="7"/>
       <c r="E28" s="11"/>
       <c r="F28" s="7"/>
       <c r="G28" s="7"/>
       <c r="H28" s="14"/>
       <c r="I28" s="14"/>
       <c r="J28" s="14"/>
       <c r="K28" s="8"/>
       <c r="L28" s="8"/>
       <c r="M28" s="8"/>
       <c r="N28" s="8"/>
       <c r="O28" s="8">
         <v>20908.14</v>
       </c>
       <c r="P28" s="8">
-        <v>578.22</v>
+        <v>0</v>
       </c>
       <c r="Q28" s="8">
-        <v>2.77</v>
+        <v>0</v>
       </c>
       <c r="R28" s="8"/>
       <c r="S28" s="8"/>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A28:N28"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>