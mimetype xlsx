--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -230,87 +230,93 @@
   <si>
     <t>05/07/2025</t>
   </si>
   <si>
     <t>03/10/2025</t>
   </si>
   <si>
     <t>NORTH BENGAL CONSTRUCTION CO</t>
   </si>
   <si>
     <t>Execution of different works related to Aug of BALABHUT PWSS under JAL JEEVAN MISSION</t>
   </si>
   <si>
     <t>ORD/000006/2023-2024</t>
   </si>
   <si>
     <t>50/CD</t>
   </si>
   <si>
     <t>17/04/2023</t>
   </si>
   <si>
     <t>06/05/2025</t>
   </si>
   <si>
-    <t>EXECUTION OF DIFFERENT WORKS (within CHARALJANI area) RELATED TO BALABHUT PWSS UNDER JAL JEEVAN MISSION.</t>
-[...16 lines deleted...]
-  <si>
     <t>Execution of different works related to Balabhut PWSS under JAL JEEVAN MISSION</t>
   </si>
   <si>
     <t>JUNIOR ENGINEER, HEAD QUARTER, COOCH BEHAR DIVISION</t>
   </si>
   <si>
     <t>ORD/000073/2024-2025</t>
   </si>
   <si>
     <t>1716/CD</t>
   </si>
   <si>
     <t>25/09/2024</t>
   </si>
   <si>
     <t>24/12/2024</t>
   </si>
   <si>
     <t>GOUTAM KUMAR DAS</t>
+  </si>
+  <si>
+    <t>Supply, delivery, installation, commissioning and Trial run of electro mechanical component along with Cu wound line voltage corrector for Augmentation of Balabhut Water Supply Scheme TW No.I under NMD-II,PHE.Dte,Apd.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer, Cooch-Behar Mechanical Sub-Division</t>
+  </si>
+  <si>
+    <t>Junior Engineer 3, Cooch-Behar Mechanical Sub-Division,</t>
+  </si>
+  <si>
+    <t>ORD/000921/2023-2024</t>
+  </si>
+  <si>
+    <t>2506/NMD-II</t>
+  </si>
+  <si>
+    <t>14/08/2023</t>
+  </si>
+  <si>
+    <t>30/04/2025</t>
+  </si>
+  <si>
+    <t>GEETA CONSTRUCTION</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1328,155 +1334,155 @@
       <c r="G11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H11" s="13" t="s">
         <v>72</v>
       </c>
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>73</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="O11" s="4" t="s">
-        <v>45</v>
+        <v>78</v>
       </c>
       <c r="P11" s="4">
-        <v>27.08</v>
+        <v>3.41</v>
       </c>
       <c r="Q11" s="4">
         <v>0</v>
       </c>
       <c r="R11" s="4">
         <v>0</v>
       </c>
       <c r="S11" s="4">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
-        <v>21</v>
+        <v>55</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H12" s="13" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="I12" s="13" t="s">
-        <v>26</v>
+        <v>80</v>
       </c>
       <c r="J12" s="13" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="K12" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="L12" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="M12" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="N12" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="O12" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="P12" s="4">
+        <v>9.88</v>
+      </c>
+      <c r="Q12" s="4">
+        <v>7.9</v>
+      </c>
+      <c r="R12" s="4">
         <v>80</v>
-      </c>
-[...19 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="7" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="11"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8">
-        <v>314.52</v>
+        <v>297.32</v>
       </c>
       <c r="P13" s="8">
-        <v>110.79</v>
+        <v>118.69</v>
       </c>
       <c r="Q13" s="8">
-        <v>35.23</v>
+        <v>39.92</v>
       </c>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>