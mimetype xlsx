--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -868,54 +868,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>28.46</v>
       </c>
       <c r="Q3" s="4">
-        <v>5.53</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>19.42</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>80</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -990,54 +990,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P5" s="4">
         <v>32.22</v>
       </c>
       <c r="Q5" s="4">
-        <v>18.95</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>58.8</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>58</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1279,54 +1279,54 @@
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P10" s="4">
         <v>123.68</v>
       </c>
       <c r="Q10" s="4">
-        <v>86.32</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>69.79</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>75</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1401,88 +1401,88 @@
       <c r="I12" s="13" t="s">
         <v>80</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>81</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>84</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P12" s="4">
         <v>9.88</v>
       </c>
       <c r="Q12" s="4">
-        <v>7.9</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>80</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="7" t="s">
         <v>87</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="11"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8">
         <v>297.32</v>
       </c>
       <c r="P13" s="8">
-        <v>118.69</v>
+        <v>0</v>
       </c>
       <c r="Q13" s="8">
-        <v>39.92</v>
+        <v>0</v>
       </c>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>