--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -934,54 +934,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>29.95</v>
       </c>
       <c r="Q3" s="4">
-        <v>29.95</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -995,54 +995,54 @@
       <c r="I4" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P4" s="4">
         <v>9.92</v>
       </c>
       <c r="Q4" s="4">
-        <v>9.85</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>99.38</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>1</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1056,54 +1056,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P5" s="4">
         <v>9.97</v>
       </c>
       <c r="Q5" s="4">
-        <v>9.97</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>1</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1459,54 +1459,54 @@
       <c r="I12" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>73</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="P12" s="4">
         <v>230.39</v>
       </c>
       <c r="Q12" s="4">
-        <v>186.19</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>80.81</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>32</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1703,88 +1703,88 @@
       <c r="I16" s="13" t="s">
         <v>102</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>103</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>104</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>105</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>106</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>107</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>108</v>
       </c>
       <c r="P16" s="4">
         <v>10.6</v>
       </c>
       <c r="Q16" s="4">
-        <v>9.96</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>93.98</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="7" t="s">
         <v>109</v>
       </c>
       <c r="B17" s="7"/>
       <c r="C17" s="7"/>
       <c r="D17" s="7"/>
       <c r="E17" s="11"/>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="14"/>
       <c r="I17" s="14"/>
       <c r="J17" s="14"/>
       <c r="K17" s="8"/>
       <c r="L17" s="8"/>
       <c r="M17" s="8"/>
       <c r="N17" s="8"/>
       <c r="O17" s="8">
         <v>20306.62</v>
       </c>
       <c r="P17" s="8">
-        <v>245.93</v>
+        <v>0</v>
       </c>
       <c r="Q17" s="8">
-        <v>1.21</v>
+        <v>0</v>
       </c>
       <c r="R17" s="8"/>
       <c r="S17" s="8"/>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A17:N17"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>